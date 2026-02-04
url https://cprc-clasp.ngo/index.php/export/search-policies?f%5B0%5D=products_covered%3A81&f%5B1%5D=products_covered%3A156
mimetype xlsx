--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -205,142 +205,142 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
     <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>November 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
     <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
@@ -852,51 +852,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="174.529" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="474.17" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1180,206 +1180,206 @@
       </c>
       <c r="P6" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>69</v>
       </c>
       <c r="B7" t="s">
         <v>70</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>71</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>72</v>
       </c>
       <c r="H7">
         <v>2008</v>
       </c>
       <c r="I7">
         <v>2015</v>
       </c>
       <c r="J7" t="s">
-        <v>47</v>
+        <v>73</v>
       </c>
       <c r="K7" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="L7" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="M7" t="s">
         <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>38</v>
       </c>
       <c r="O7" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="P7" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>43</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
         <v>46</v>
       </c>
       <c r="H8">
         <v>2019</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="M8" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="N8" t="s">
         <v>38</v>
       </c>
       <c r="O8" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="P8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B9" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C9" t="s">
-        <v>85</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>44</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>56</v>
       </c>
       <c r="H9">
         <v>2025</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>57</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N9" t="s">
         <v>38</v>
       </c>
       <c r="O9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>8</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10">
         <v>2025</v>
       </c>
       <c r="J10" t="s">
-        <v>93</v>
+        <v>73</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>94</v>
       </c>
       <c r="N10" t="s">
         <v>61</v>
       </c>
       <c r="O10" t="s">
         <v>95</v>
       </c>
       <c r="P10" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
         <v>97</v>
       </c>
       <c r="B11" t="s">
         <v>98</v>
       </c>