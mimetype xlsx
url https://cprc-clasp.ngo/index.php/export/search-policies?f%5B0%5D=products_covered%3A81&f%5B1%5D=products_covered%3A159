--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,332 +12,394 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-439132-2009. CQC Mark Certification - Refrigerant compressors used in air-conditioning applications</t>
   </si>
   <si>
+    <t>This policy applies to wholly-closed electric motor-compressor wholly-closed turbine type cooling compressor piston type single stage cooling compressor and screw type cooling compressor.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Refrigerant Compressors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 2209-2009</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439132-2009-cqc-mark-certification-refrigerant-compressors-used-air-conditioning</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-13/492739.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Domestic Liquefied Petroleum Gas Stove</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards for star labeled domestic liquefied petroleum gas stove for household use. The domestic gas stove means domestic gas burning appliance with metallic bodies with or without toughened glass top, consisting of single or multiple burners, injector jets, gas taps, burner pan supports, piping and fitting intended for use with liquefied petroleum gas at 30 grams-force per square centimetre (gf/cm2) gas inlet pressure.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>LPG Stoves</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+  </si>
+  <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
+    <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
+  </si>
+  <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
+    <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
+    <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
+  </si>
+  <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...4 lines deleted...]
-  <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
+    <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ref. A study project of energy efficiency standard for infrared gas stoves (DEDE)</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-infrared-gas-stove</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/2_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Liquefied petroleum gas (LPG) Cookstoves</t>
   </si>
   <si>
+    <t>This scheme covers household stoves (direct heating and flame types) with a maximum gas consumption of each burner that does not exceed 0.42 kg/h (or 5.78 kW) and the total gas consumption of all burners does not exceed 1. kg/h (or 13.76 kW) with one or more burners (without grill, oven or electric stove components). Household cooking stoves for liquefied petroleum gas must only be low-pressure gas stoves and must not be infrared stoves.</t>
+  </si>
+  <si>
     <t>Kitchen, LPG Stoves</t>
   </si>
   <si>
     <t>TIS 2312-2549</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-energy-performance-label-liquefied-petroleum-gas-lpg-cookstoves</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/1_01032565.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10639: 2007,1st edition -Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Residential hermetic compressor -one level, positive displacement compressor. Does not include high pressure hermetic compressor</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI NS 4335</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10639-20071st-edition-technical-specifications-and-test-method-energy-consumption</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>NOM-012-ENER-2019, Energy Efficiency of Condensing and Evaporating Units for Refrigeration</t>
+  </si>
+  <si>
+    <t>This standard establishes the energy efficiency requirements for condensing and evaporating units for refrigeration, which are manufactured for installation outdoors or interiors with cooling power greater than or equal to 746 W (2,547 BTU/h) and less than 26,000 W ( 88,716 BTU/h) at medium temperature, and less than 9,500 W (32,415 BTU/h) at low temperature.
+b) Low-profile evaporator units for refrigeration that are designed to operate with a refrigerant and powered by direct expansion in humid and/or dry conditions with nominal cooling capacities greater than or equal to 300 W (1,023 BTU/h) and less than 40,000 W (136,482 BTU/h) at medium temperature, and less than 13,000 W (44,397 BTU/h) at low temperature.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/ASHRAE Standard 23.1-2010
 ,</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-012-ener-2019-energy-efficiency-condensing-and-evaporating-units-refrigeration</t>
+  </si>
+  <si>
+    <t>https://www.dof.gob.mx/nota_detalle_popup.php?codigo=5608445</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -601,531 +663,594 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="174" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="174.529" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="549.58" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2025</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3" t="s">
+        <v>39</v>
+      </c>
+      <c r="M3" t="s">
+        <v>40</v>
+      </c>
+      <c r="N3" t="s">
+        <v>41</v>
+      </c>
+      <c r="O3" t="s">
+        <v>42</v>
+      </c>
+      <c r="P3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>48</v>
+      </c>
+      <c r="K4" t="s">
+        <v>49</v>
+      </c>
+      <c r="L4" t="s">
+        <v>50</v>
+      </c>
+      <c r="M4" t="s">
+        <v>51</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>52</v>
+      </c>
+      <c r="P4" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
+        <v>8</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2025</v>
+      </c>
+      <c r="J6" t="s">
+        <v>48</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>41</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>38</v>
+      </c>
+      <c r="L7" t="s">
+        <v>72</v>
+      </c>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>74</v>
+      </c>
+      <c r="O7" t="s">
+        <v>75</v>
+      </c>
+      <c r="P7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>79</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>38</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>74</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>85</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>86</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>87</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L9" t="s">
+        <v>88</v>
+      </c>
+      <c r="M9" t="s">
+        <v>89</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>90</v>
+      </c>
+      <c r="P9" t="s">
+        <v>91</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>92</v>
+      </c>
+      <c r="B10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C10" t="s">
+        <v>94</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>86</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>95</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>96</v>
+      </c>
+      <c r="M10" t="s">
+        <v>97</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...327 lines deleted...]
-        <v>79</v>
+      <c r="O10" t="s">
+        <v>98</v>
+      </c>
+      <c r="P10" t="s">
+        <v>99</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>