--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="214">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -309,69 +309,66 @@
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>High Energy Performance Label for Infrared gas stove</t>
   </si>
   <si>
     <t>This scheme covers infrared gas stoves (high-pressure gas stoves)--cooking stoves that use liquefied petroleum gas as the fuel for heating power--that use gas pressures from 5 to 200 kPa and sizes of high-pressure gas furnaces from 8.0 to 16.5 centimeters.</t>
   </si>
@@ -1461,808 +1458,810 @@
       </c>
       <c r="L8" t="s">
         <v>87</v>
       </c>
       <c r="M8" t="s">
         <v>88</v>
       </c>
       <c r="N8" t="s">
         <v>37</v>
       </c>
       <c r="O8" t="s">
         <v>89</v>
       </c>
       <c r="P8" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>91</v>
       </c>
       <c r="B9" t="s">
         <v>92</v>
       </c>
       <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E9" t="s">
         <v>73</v>
       </c>
       <c r="F9" t="s">
+        <v>94</v>
+      </c>
+      <c r="G9" t="s">
+        <v>8</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
         <v>95</v>
-      </c>
-[...8 lines deleted...]
-        <v>96</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="N9" t="s">
         <v>25</v>
       </c>
       <c r="O9" t="s">
+        <v>97</v>
+      </c>
+      <c r="P9" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>99</v>
+      </c>
+      <c r="B10" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="C10" t="s">
         <v>82</v>
       </c>
       <c r="D10" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>31</v>
       </c>
       <c r="G10" t="s">
         <v>8</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10">
         <v>2025</v>
       </c>
       <c r="J10" t="s">
         <v>85</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="N10" t="s">
         <v>58</v>
       </c>
       <c r="O10" t="s">
+        <v>103</v>
+      </c>
+      <c r="P10" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>105</v>
+      </c>
+      <c r="B11" t="s">
         <v>106</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D11" t="s">
         <v>52</v>
       </c>
       <c r="E11" t="s">
         <v>73</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
         <v>2022</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="K11" t="s">
         <v>55</v>
       </c>
       <c r="L11" t="s">
+        <v>109</v>
+      </c>
+      <c r="M11" t="s">
         <v>110</v>
       </c>
-      <c r="M11" t="s">
+      <c r="N11" t="s">
         <v>111</v>
       </c>
-      <c r="N11" t="s">
+      <c r="O11" t="s">
         <v>112</v>
       </c>
-      <c r="O11" t="s">
+      <c r="P11" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>114</v>
+      </c>
+      <c r="B12" t="s">
         <v>115</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>107</v>
+      </c>
+      <c r="D12" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
       <c r="E12" t="s">
         <v>73</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2022</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="K12" t="s">
         <v>55</v>
       </c>
       <c r="L12" t="s">
+        <v>117</v>
+      </c>
+      <c r="M12" t="s">
+        <v>110</v>
+      </c>
+      <c r="N12" t="s">
+        <v>111</v>
+      </c>
+      <c r="O12" t="s">
         <v>118</v>
       </c>
-      <c r="M12" t="s">
-[...5 lines deleted...]
-      <c r="O12" t="s">
+      <c r="P12" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>120</v>
+      </c>
+      <c r="B13" t="s">
         <v>121</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D13" t="s">
         <v>43</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>32</v>
       </c>
       <c r="H13">
         <v>2013</v>
       </c>
       <c r="I13">
         <v>2014</v>
       </c>
       <c r="J13" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
+        <v>124</v>
+      </c>
+      <c r="M13" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="N13" t="s">
         <v>37</v>
       </c>
       <c r="O13" t="s">
+        <v>126</v>
+      </c>
+      <c r="P13" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>128</v>
+      </c>
+      <c r="B14" t="s">
         <v>129</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>31</v>
       </c>
       <c r="G14" t="s">
         <v>32</v>
       </c>
       <c r="H14">
         <v>2012</v>
       </c>
       <c r="I14">
         <v>2013</v>
       </c>
       <c r="J14" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="M14" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N14" t="s">
         <v>37</v>
       </c>
       <c r="O14" t="s">
+        <v>131</v>
+      </c>
+      <c r="P14" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>133</v>
+      </c>
+      <c r="B15" t="s">
         <v>134</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>135</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E15" t="s">
         <v>73</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2012</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
+        <v>137</v>
+      </c>
+      <c r="K15" t="s">
         <v>138</v>
       </c>
-      <c r="K15" t="s">
+      <c r="L15" t="s">
         <v>139</v>
       </c>
-      <c r="L15" t="s">
+      <c r="M15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="N15" t="s">
         <v>37</v>
       </c>
       <c r="O15" t="s">
+        <v>141</v>
+      </c>
+      <c r="P15" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>143</v>
+      </c>
+      <c r="B16" t="s">
         <v>144</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>145</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>65</v>
       </c>
       <c r="G16" t="s">
         <v>32</v>
       </c>
       <c r="H16">
         <v>2017</v>
       </c>
       <c r="I16">
         <v>2021</v>
       </c>
       <c r="J16" t="s">
+        <v>147</v>
+      </c>
+      <c r="K16" t="s">
         <v>148</v>
       </c>
-      <c r="K16" t="s">
+      <c r="L16" t="s">
         <v>149</v>
       </c>
-      <c r="L16" t="s">
+      <c r="M16" t="s">
         <v>150</v>
       </c>
-      <c r="M16" t="s">
+      <c r="N16" t="s">
         <v>151</v>
       </c>
-      <c r="N16" t="s">
+      <c r="O16" t="s">
         <v>152</v>
       </c>
-      <c r="O16" t="s">
+      <c r="P16" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>154</v>
+      </c>
+      <c r="B17" t="s">
         <v>155</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>156</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="G17" t="s">
         <v>53</v>
       </c>
       <c r="H17">
         <v>2024</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17" t="s">
+        <v>159</v>
+      </c>
+      <c r="M17" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="N17" t="s">
         <v>37</v>
       </c>
       <c r="O17" t="s">
+        <v>161</v>
+      </c>
+      <c r="P17" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>163</v>
+      </c>
+      <c r="B18" t="s">
         <v>164</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>165</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E18" t="s">
         <v>73</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2014</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="N18" t="s">
         <v>37</v>
       </c>
       <c r="O18" t="s">
+        <v>169</v>
+      </c>
+      <c r="P18" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>171</v>
+      </c>
+      <c r="B19" t="s">
         <v>172</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="D19" t="s">
         <v>19</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>65</v>
       </c>
       <c r="G19" t="s">
         <v>32</v>
       </c>
       <c r="H19">
         <v>2007</v>
       </c>
       <c r="I19">
         <v>2018</v>
       </c>
       <c r="J19" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="K19" t="s">
         <v>34</v>
       </c>
       <c r="L19" t="s">
+        <v>175</v>
+      </c>
+      <c r="M19" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="N19" t="s">
         <v>37</v>
       </c>
       <c r="O19" t="s">
+        <v>177</v>
+      </c>
+      <c r="P19" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>179</v>
+      </c>
+      <c r="B20" t="s">
         <v>180</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>181</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>31</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2016</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>66</v>
       </c>
       <c r="K20" t="s">
         <v>34</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="N20" t="s">
         <v>37</v>
       </c>
       <c r="O20" t="s">
+        <v>184</v>
+      </c>
+      <c r="P20" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>186</v>
+      </c>
+      <c r="B21" t="s">
         <v>187</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
+        <v>181</v>
+      </c>
+      <c r="D21" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2017</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>66</v>
       </c>
       <c r="K21" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="N21" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="O21" t="s">
+        <v>189</v>
+      </c>
+      <c r="P21" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>191</v>
+      </c>
+      <c r="B22" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
         <v>19</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>31</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2021</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>23</v>
       </c>
       <c r="K22" t="s">
         <v>34</v>
       </c>
       <c r="L22"/>
       <c r="M22"/>
       <c r="N22" t="s">
         <v>37</v>
       </c>
       <c r="O22" t="s">
+        <v>193</v>
+      </c>
+      <c r="P22" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>195</v>
+      </c>
+      <c r="B23" t="s">
         <v>196</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>197</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>65</v>
       </c>
       <c r="G23" t="s">
         <v>32</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
       <c r="I23">
         <v>2014</v>
       </c>
       <c r="J23" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
+        <v>200</v>
+      </c>
+      <c r="M23" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="N23" t="s">
         <v>37</v>
       </c>
       <c r="O23" t="s">
+        <v>202</v>
+      </c>
+      <c r="P23" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>204</v>
+      </c>
+      <c r="B24" t="s">
         <v>205</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>206</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="E24" t="s">
         <v>73</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>32</v>
       </c>
       <c r="H24">
         <v>2015</v>
       </c>
       <c r="I24">
         <v>2016</v>
       </c>
       <c r="J24" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="K24" t="s">
+        <v>208</v>
+      </c>
+      <c r="L24" t="s">
         <v>209</v>
       </c>
-      <c r="L24" t="s">
+      <c r="M24" t="s">
         <v>210</v>
       </c>
-      <c r="M24" t="s">
+      <c r="N24" t="s">
         <v>211</v>
       </c>
-      <c r="N24" t="s">
+      <c r="O24" t="s">
         <v>212</v>
       </c>
-      <c r="O24" t="s">
+      <c r="P24" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">