--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,280 +12,337 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Short Pans</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>Standards and Labeling of Evaporative Air Coolers</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for direct evaporative air coolers (commercially known as desert coolers) for household and similar use for capacity up to and including 6000 CMH( 1.67m3/sec) suitable for rated voltage upto and including 250V 50Hz ac covered under the scope of IS 3315: 2024 as amended from time to time, being manufactured, imported or assembled for the purpose
+of commercial sale.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, India</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>IS 3315: 2024</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency, Ministry of Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standards-and-labeling-evaporative-air-coolers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Home/EquipmentSchemes?type=V</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cooker</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -549,445 +606,496 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="122" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="150" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="511.875" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="327.92" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>1999</v>
+      </c>
+      <c r="I4">
+        <v>2009</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2009</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H6">
+        <v>2025</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>69</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>77</v>
+      </c>
+      <c r="N8" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...243 lines deleted...]
-        <v>62</v>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>