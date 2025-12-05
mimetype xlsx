--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,361 +12,445 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Short Pans</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 3199 - Labeling for Electronics in Standby Mode</t>
   </si>
   <si>
+    <t>Specifies labeling requirements for the following products in standby mode: microwave ovens, televisions, decoder (translation: decodificador), DVD player, Blu-ray player, and music equipment (mini and micro components).</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NCh3107.Of2008 / IEC 62301:2005</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-3199-labeling-electronics-standby-mode</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1167667</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>Standard NOM-032-ENER-2013 - Electrical Equipment in Standby Mode</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for various appliances and equipment in standby mode.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-024-SCFI-1998</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-032-ener-2013-electrical-equipment-standby-mode</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5330530&amp;fecha=23/01/2014</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cooker</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -630,655 +714,736 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="390.333" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-        <v>23</v>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>32</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
         <v>25</v>
       </c>
-      <c r="G3">
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
         <v>2013</v>
       </c>
-      <c r="H3">
-[...5 lines deleted...]
-      <c r="J3" t="s">
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>63</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>65</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>72</v>
+      </c>
+      <c r="G8" t="s">
+        <v>30</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>74</v>
+      </c>
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
+        <v>77</v>
+      </c>
+      <c r="O8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>80</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>82</v>
+      </c>
+      <c r="D9" t="s">
+        <v>37</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G10" t="s">
+        <v>30</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>91</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>37</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>72</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="N3" t="s">
-        <v>28</v>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>83</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" t="s">
+        <v>62</v>
+      </c>
+      <c r="E12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
+        <v>105</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>64</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
+      <c r="L12" t="s">
+        <v>106</v>
+      </c>
+      <c r="M12" t="s">
+        <v>107</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" t="s">
+        <v>46</v>
+      </c>
+      <c r="G13" t="s">
         <v>30</v>
       </c>
-      <c r="D4" t="s">
-[...87 lines deleted...]
-      <c r="F6" t="s">
+      <c r="H13">
+        <v>2004</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>47</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>112</v>
+      </c>
+      <c r="M13" t="s">
+        <v>113</v>
+      </c>
+      <c r="N13" t="s">
         <v>25</v>
       </c>
-      <c r="G6">
-[...319 lines deleted...]
-        <v>89</v>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>