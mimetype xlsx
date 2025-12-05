--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,280 +12,333 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Short Pans</t>
   </si>
   <si>
+    <t>This policy contains energy efficiency level criteria and testing requirements for electric pans. The criteria for energy efficiency levels (electricity cost [baht/year]) for electric pans are: 
+number5: 78.00-79.99
+number5*: 80.00-81.99 
+number5**: 82.00-83.99
+number5***: &gt;=84.00</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Electric Hot Pots</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>TIS 2673-2016</t>
   </si>
   <si>
     <t>Electricity Generating Authority of Thailand</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-short-pans</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/10/short_pan.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Highly Efficiency Electric Thermo Pot, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers electric thermo pots that automatically convert electricity into heat for use in boiling water and maintains a certain heat temperature. Applicable capacities of the electric thermos include 1. less than 2.4 cubic decimeters, 2. 2.4 to 3.0 cubic decimeters, and 3. more than 3.0 cubic decimeters.</t>
+  </si>
+  <si>
     <t>Kitchen, Electric Hot Pots</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-highly-efficiency-electric-thermo-pot-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776761</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Schedule 13 - Diesel Engine Driven Monoset Pumps for Agricultural purposes</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum fuel consumption and labeling instructions for  Diesel Engine Driven Monoset Pumps for Agricultural purposes being manufactured, imported, or sold in India. The scope covers Diesel Engine Driven Monoset Pumps for clear, cold, fresh water for agricultural purposes within the range of 2 HP to 10 HP for which the Schedule is applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Agricultural Pumps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Oil</t>
   </si>
   <si>
     <t>IS 11501:1986, IS 11170:1985 , IS 11346:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-13-diesel-engine-driven-monoset-pumps-agricultural-purposes</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule%2013-Diesel%20Engine%20Driven%20MonosetPumps%20for%20Agricultural%20Purposes.pdf</t>
+  </si>
+  <si>
     <t>Schedule 7 - Agricultural Pump Sets</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for single phase of rating up to 2.2 kW and three phase pump sets of ratings 1. kW to 75 kW covering Electric mono set pumps, submersible pump sets and open well submersible pump sets</t>
+  </si>
+  <si>
     <t>IS 9079:2002, IS 8034:2002, IS 14220:1994, IS 11346:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-7-agricultural-pump-sets</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule7-APS.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Thermo Pot TGL-63-12</t>
   </si>
   <si>
+    <t>These criteria shall apply to electric thermo pots for residential use (single-phase alternating current (AC), frequency 50 Hz, rated voltage not more than 250 V, rated water capacity not more than 10 liters)</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>TIS 2062</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-thermo-pot-tgl-63-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-63-12.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for rice cooker</t>
+  </si>
+  <si>
+    <t>This program covers the following rice cooker types: normal rice cookers (rice cooker), cook/warm rice cookers (jar type), digital rice cookers (computerized)</t>
   </si>
   <si>
     <t>TIS 2545-2555
 ,   
                     TIS 1039 - 2547</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-rice-cooker</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/ek.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -549,449 +602,500 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="114" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="438.75" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>58</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...10 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L8" t="s">
+        <v>75</v>
+      </c>
+      <c r="M8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...242 lines deleted...]
-        <v>62</v>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>