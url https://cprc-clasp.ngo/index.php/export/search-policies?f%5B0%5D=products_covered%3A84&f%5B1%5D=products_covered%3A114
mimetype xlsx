--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,428 +12,547 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
+  </si>
+  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -697,815 +816,920 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>42</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>62</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>63</v>
+      </c>
+      <c r="P7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>69</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>78</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>80</v>
+      </c>
+      <c r="N9" t="s">
+        <v>81</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G10" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2020</v>
+      </c>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>92</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>95</v>
+      </c>
+      <c r="B11" t="s">
+        <v>96</v>
+      </c>
+      <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F11" t="s">
+        <v>88</v>
+      </c>
+      <c r="G11" t="s">
+        <v>8</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
+        <v>98</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" t="s">
+        <v>68</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G12" t="s">
+        <v>105</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>61</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>62</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" t="s">
+        <v>110</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>105</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>61</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>62</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>86</v>
+      </c>
+      <c r="D14" t="s">
+        <v>68</v>
+      </c>
+      <c r="E14" t="s">
+        <v>115</v>
+      </c>
+      <c r="F14" t="s">
+        <v>116</v>
+      </c>
+      <c r="G14" t="s">
+        <v>52</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>117</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>118</v>
+      </c>
+      <c r="M14" t="s">
+        <v>119</v>
+      </c>
+      <c r="N14" t="s">
+        <v>92</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>115</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H15">
+        <v>2022</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>125</v>
+      </c>
+      <c r="K15" t="s">
+        <v>126</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>127</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>128</v>
+      </c>
+      <c r="P15" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>130</v>
+      </c>
+      <c r="B16" t="s">
+        <v>131</v>
+      </c>
+      <c r="C16" t="s">
+        <v>124</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>115</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2022</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>125</v>
+      </c>
+      <c r="K16" t="s">
+        <v>132</v>
+      </c>
+      <c r="L16" t="s">
+        <v>133</v>
+      </c>
+      <c r="M16" t="s">
+        <v>127</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>134</v>
+      </c>
+      <c r="P16" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>136</v>
+      </c>
+      <c r="B17" t="s">
+        <v>137</v>
+      </c>
+      <c r="C17" t="s">
+        <v>124</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>115</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2022</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>125</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L17" t="s">
+        <v>138</v>
+      </c>
+      <c r="M17" t="s">
+        <v>127</v>
+      </c>
+      <c r="N17" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...613 lines deleted...]
-        <v>106</v>
+      <c r="O17" t="s">
+        <v>139</v>
+      </c>
+      <c r="P17" t="s">
+        <v>140</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>