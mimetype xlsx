--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,480 +12,619 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
   </si>
   <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -749,1041 +888,1176 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="K3" t="s">
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
-    </row>
-    <row r="4" spans="1:14">
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2020</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>46</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>54</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2023</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>57</v>
+      </c>
+      <c r="N6" t="s">
+        <v>58</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G8" t="s">
+        <v>71</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>56</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>58</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
+        <v>56</v>
+      </c>
+      <c r="L9" t="s">
+        <v>81</v>
+      </c>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>83</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>70</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2017</v>
+      </c>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>30</v>
+      </c>
+      <c r="M10" t="s">
+        <v>89</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>90</v>
+      </c>
+      <c r="P10" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>93</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>70</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>36</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>94</v>
+      </c>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>97</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>70</v>
+      </c>
+      <c r="G12" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>88</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>70</v>
+      </c>
+      <c r="G13" t="s">
+        <v>104</v>
+      </c>
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>72</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>105</v>
+      </c>
+      <c r="M13" t="s">
+        <v>89</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>108</v>
+      </c>
+      <c r="B14" t="s">
+        <v>109</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>70</v>
+      </c>
+      <c r="G14" t="s">
+        <v>8</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14">
+        <v>2025</v>
+      </c>
+      <c r="J14" t="s">
+        <v>72</v>
+      </c>
+      <c r="K14" t="s">
+        <v>56</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>82</v>
+      </c>
+      <c r="N14" t="s">
+        <v>110</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15" t="s">
+        <v>35</v>
+      </c>
+      <c r="G15" t="s">
+        <v>54</v>
+      </c>
+      <c r="H15">
+        <v>1994</v>
+      </c>
+      <c r="I15">
+        <v>2013</v>
+      </c>
+      <c r="J15" t="s">
+        <v>116</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>117</v>
+      </c>
+      <c r="M15" t="s">
+        <v>118</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>123</v>
+      </c>
+      <c r="D16" t="s">
+        <v>124</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>125</v>
+      </c>
+      <c r="G16" t="s">
+        <v>54</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>126</v>
+      </c>
+      <c r="K16" t="s">
+        <v>56</v>
+      </c>
+      <c r="L16" t="s">
+        <v>127</v>
+      </c>
+      <c r="M16" t="s">
+        <v>128</v>
+      </c>
+      <c r="N16" t="s">
+        <v>129</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>51</v>
+      </c>
+      <c r="D17" t="s">
+        <v>69</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>70</v>
+      </c>
+      <c r="G17" t="s">
+        <v>134</v>
+      </c>
+      <c r="H17">
         <v>2021</v>
       </c>
-      <c r="H4"/>
-[...12 lines deleted...]
-      <c r="M4" t="s">
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>55</v>
+      </c>
+      <c r="K17" t="s">
+        <v>56</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>57</v>
+      </c>
+      <c r="N17" t="s">
+        <v>58</v>
+      </c>
+      <c r="O17" t="s">
+        <v>135</v>
+      </c>
+      <c r="P17" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>137</v>
+      </c>
+      <c r="B18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C18" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" t="s">
+        <v>139</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>70</v>
+      </c>
+      <c r="G18" t="s">
+        <v>134</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>55</v>
+      </c>
+      <c r="K18" t="s">
+        <v>56</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>57</v>
+      </c>
+      <c r="N18" t="s">
+        <v>58</v>
+      </c>
+      <c r="O18" t="s">
+        <v>140</v>
+      </c>
+      <c r="P18" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>142</v>
+      </c>
+      <c r="B19" t="s">
+        <v>143</v>
+      </c>
+      <c r="C19" t="s">
+        <v>123</v>
+      </c>
+      <c r="D19" t="s">
+        <v>69</v>
+      </c>
+      <c r="E19" t="s">
+        <v>34</v>
+      </c>
+      <c r="F19" t="s">
+        <v>35</v>
+      </c>
+      <c r="G19" t="s">
+        <v>54</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19">
+        <v>2020</v>
+      </c>
+      <c r="J19" t="s">
+        <v>44</v>
+      </c>
+      <c r="K19" t="s">
+        <v>56</v>
+      </c>
+      <c r="L19" t="s">
+        <v>144</v>
+      </c>
+      <c r="M19" t="s">
+        <v>145</v>
+      </c>
+      <c r="N19" t="s">
+        <v>129</v>
+      </c>
+      <c r="O19" t="s">
+        <v>146</v>
+      </c>
+      <c r="P19" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>148</v>
+      </c>
+      <c r="B20" t="s">
+        <v>149</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>150</v>
+      </c>
+      <c r="E20" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" t="s">
+        <v>35</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2017</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>39</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>151</v>
+      </c>
+      <c r="P20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" t="s">
+        <v>154</v>
+      </c>
+      <c r="C21" t="s">
+        <v>155</v>
+      </c>
+      <c r="D21" t="s">
+        <v>156</v>
+      </c>
+      <c r="E21" t="s">
         <v>34</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F5" t="s">
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>54</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21">
+        <v>2016</v>
+      </c>
+      <c r="J21" t="s">
+        <v>116</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>157</v>
+      </c>
+      <c r="M21" t="s">
+        <v>158</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>159</v>
+      </c>
+      <c r="P21" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>161</v>
+      </c>
+      <c r="B22" t="s">
+        <v>162</v>
+      </c>
+      <c r="C22" t="s">
+        <v>163</v>
+      </c>
+      <c r="D22" t="s">
         <v>19</v>
       </c>
-      <c r="G5">
-[...299 lines deleted...]
-      <c r="G12">
+      <c r="E22" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" t="s">
+        <v>164</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2014</v>
       </c>
-      <c r="H12">
-[...388 lines deleted...]
-      <c r="K21" t="s">
+      <c r="I22"/>
+      <c r="J22" t="s">
         <v>116</v>
       </c>
-      <c r="L21" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="K22" t="s">
-        <v>122</v>
+        <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>123</v>
+        <v>165</v>
       </c>
       <c r="M22" t="s">
-        <v>23</v>
+        <v>166</v>
       </c>
       <c r="N22" t="s">
-        <v>124</v>
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>167</v>
+      </c>
+      <c r="P22" t="s">
+        <v>168</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>