--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,390 +12,475 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 21456-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for household induction cookers</t>
   </si>
   <si>
+    <t>Applies to induction cookers with one or more heating units with each unit's rated power ranges from 700W to 3500W. Does NOT apply to commercial induction cookers, power frequency induction cookers and concave cooker.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
-    <t>June 2021</t>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
   </si>
   <si>
     <t>GB 4706.29-2008 GB 4706.22-2008 GB 21456-2014</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E9F5D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 21456-2024 Minimum allowable values of the energy efficiency and energy efficiency grades for household and similar kitchen appliances</t>
   </si>
   <si>
+    <t>The standard revises MEPS and energy efficiency grades for household and similar kitchen appliances including:
+a) Electric rice cookers heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W;
+b) Electric pressure cookers with automatic pressure control, heated by electric heating elements or electromagnetic induction, with a rated power not exceeding 2200 W, a rated capacity not exceeding 10 L, and a rated cooking pressure of 40 kPa to 140 kPa (gauge pressure);
+c) Electric stewpots and stew cups with a rated power not exceeding 2200 W;
+d) Electric kettles designed solely for boiling water to the boiling point, without an automatic water-filling function, from which water is poured by holding the handle and tilting the body of the kettle;
+e) Induction cookers with one or more heating units, each unit having a rated power of 700 W to 3500 W;
+f) Microwave ovens, including combination microwave ovens, with a maximum rated input power of 2500 W or below, operating in the 2450 MHz ISM frequency band, which heat items and food in the cavity using electromagnetic energy as well as resistive electric heating elements.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>Induction Cookstoves or Hobs, Rice Cookers, Microwaves, Electric Kettles</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>GB/T4706.1
 ,   
                     GB/T4706.14
 ,   
                     GB/T4706.19
 ,   
                     GB/T4706.21
 ,   
                     GB4706.29
 ,   
                     GB/T18800—2017
 ,   
                     GB/T22089
 ,   
                     GB/T35758
 ,   
                     QB/T4408</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-21456-2024-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=F966E2FC4C7AB718356847B0DB1045E4</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
+  </si>
+  <si>
     <t>TCVN 13372:2021 Energy Efficiency for induction hobs</t>
   </si>
   <si>
+    <t>This standard standard specifies the minimum energy efficiency level and the method for determining the energy consumption of an induction cooker. This policy applies to All types of induction cookers with built-in other types of cooking zones such as radiant cooking zones. It will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133722021-energy-efficiency-induction-hobs</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+13372%3A2021</t>
+  </si>
+  <si>
     <t>TCVN 13373:2021 - Infrared cookers</t>
   </si>
   <si>
+    <t>This standard specifies minimum energy efficiency levels and methods for determining energy consumption for infrared cookers/hobs. This standard applies to infrared cookers that integrate other types of cooking zones such as induction cooking zones. This policy will enter into force on 1 April 2025.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-133732021-infrared-cookers</t>
   </si>
   <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13373-2021-Bep-hong-ngoai-Hieu-suat-nang-luong-920208.aspx</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -659,661 +744,740 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="150" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="150.963" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>56</v>
+      </c>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2024</v>
+      </c>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>66</v>
+      </c>
+      <c r="O6" t="s">
+        <v>67</v>
+      </c>
+      <c r="P6" t="s">
+        <v>68</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D7" t="s">
+        <v>72</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>73</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>74</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>75</v>
+      </c>
+      <c r="M7" t="s">
+        <v>76</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...24 lines deleted...]
-      <c r="L3" t="s">
+      <c r="O7" t="s">
+        <v>77</v>
+      </c>
+      <c r="P7" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>79</v>
+      </c>
+      <c r="B8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C8" t="s">
+        <v>81</v>
+      </c>
+      <c r="D8" t="s">
+        <v>82</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>83</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>84</v>
+      </c>
+      <c r="M8" t="s">
+        <v>85</v>
+      </c>
+      <c r="N8" t="s">
+        <v>86</v>
+      </c>
+      <c r="O8" t="s">
+        <v>87</v>
+      </c>
+      <c r="P8" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>89</v>
+      </c>
+      <c r="B9" t="s">
+        <v>90</v>
+      </c>
+      <c r="C9" t="s">
+        <v>91</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>92</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>93</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>94</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>95</v>
+      </c>
+      <c r="P9"/>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>96</v>
+      </c>
+      <c r="B10" t="s">
+        <v>97</v>
+      </c>
+      <c r="C10" t="s">
+        <v>98</v>
+      </c>
+      <c r="D10" t="s">
+        <v>72</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1997</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>99</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>100</v>
+      </c>
+      <c r="M10" t="s">
+        <v>101</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>102</v>
+      </c>
+      <c r="P10" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>104</v>
+      </c>
+      <c r="B11" t="s">
+        <v>105</v>
+      </c>
+      <c r="C11" t="s">
         <v>32</v>
       </c>
-      <c r="M3" t="s">
-[...3 lines deleted...]
-        <v>33</v>
+      <c r="D11" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>106</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>35</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>37</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>107</v>
+      </c>
+      <c r="P11" t="s">
+        <v>108</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>109</v>
+      </c>
+      <c r="B12" t="s">
+        <v>110</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
+        <v>111</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>106</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>35</v>
       </c>
-      <c r="C4" t="s">
+      <c r="K12" t="s">
         <v>36</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L12"/>
+      <c r="M12" t="s">
         <v>37</v>
       </c>
-      <c r="F4" t="s">
-[...22 lines deleted...]
-        <v>41</v>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>112</v>
+      </c>
+      <c r="P12" t="s">
+        <v>113</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...24 lines deleted...]
-      <c r="I5" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>114</v>
+      </c>
+      <c r="B13" t="s">
+        <v>115</v>
+      </c>
+      <c r="C13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D13" t="s">
+        <v>53</v>
+      </c>
+      <c r="E13" t="s">
+        <v>92</v>
+      </c>
+      <c r="F13" t="s">
+        <v>116</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
         <v>45</v>
       </c>
-      <c r="J5" t="s">
-[...265 lines deleted...]
-      <c r="N11" t="s">
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13" t="s">
+        <v>117</v>
+      </c>
+      <c r="M13" t="s">
+        <v>118</v>
+      </c>
+      <c r="N13" t="s">
         <v>86</v>
       </c>
-    </row>
-[...81 lines deleted...]
-        <v>94</v>
+      <c r="O13" t="s">
+        <v>119</v>
+      </c>
+      <c r="P13" t="s">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>