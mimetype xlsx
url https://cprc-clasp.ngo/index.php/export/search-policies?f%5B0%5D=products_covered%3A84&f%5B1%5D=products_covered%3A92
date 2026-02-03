--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -385,69 +385,69 @@
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
     <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
@@ -1591,51 +1591,51 @@
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>116</v>
       </c>
       <c r="B14" t="s">
         <v>117</v>
       </c>
       <c r="C14" t="s">
         <v>118</v>
       </c>
       <c r="D14" t="s">
         <v>119</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
         <v>120</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>121</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
         <v>122</v>
       </c>
       <c r="P14" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>124</v>