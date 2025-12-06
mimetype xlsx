--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,287 +12,337 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Connected Thermostats Version 1.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a CT product as specified in the policy document are eligible for ENERGY STAR certification. CT products provided as part of a larger product offering such as a home security system may be certified but will be subject to specific labeling requirements.
+Connected Thermostat (CT) Product: For the purposes of this specification the CT product includes the CT device in the home with associated firmware; which is assumed to be updated during the time the CT device is used in the home; as well as a CT service supported by hardware and software outside of the home. The CT service would typically provide web and smart phone based thermostat control.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>IEC 62301, Ed. 2.0, 2011-01; ENERGY STAR Method to Demonstrate Connected Thermostat Field Savings V1.0</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-connected-thermostats-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/connected_thermostats/partners</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Close Control Air Conditioners) Determination 2012</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners (used where temperature and humidity are required to be monitored and maintained within narrow limits, for example, use in computer rooms, data processing units, telecommunications facilities and other industrial process areas) that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-close-control-air-conditioners-determination-2012</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02124</t>
+  </si>
+  <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
+  </si>
+  <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -556,439 +606,490 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="143" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="468.171" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="121.399" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="107.26" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>56</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L6" t="s">
         <v>25</v>
       </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...31 lines deleted...]
-      <c r="L3" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...3 lines deleted...]
-        <v>35</v>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>71</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>77</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
         <v>36</v>
       </c>
-      <c r="B4" t="s">
-[...8 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
         <v>39</v>
       </c>
-      <c r="F4" t="s">
-[...184 lines deleted...]
-        <v>65</v>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>