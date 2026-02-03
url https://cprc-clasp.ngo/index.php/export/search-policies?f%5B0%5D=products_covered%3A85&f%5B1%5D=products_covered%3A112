--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="575">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="576">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1609,50 +1609,53 @@
     <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
   </si>
   <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
     <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
     <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
@@ -6313,504 +6316,504 @@
       </c>
       <c r="P87" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
         <v>514</v>
       </c>
       <c r="B88" t="s">
         <v>515</v>
       </c>
       <c r="C88" t="s">
         <v>516</v>
       </c>
       <c r="D88" t="s">
         <v>107</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
-        <v>22</v>
+        <v>517</v>
       </c>
       <c r="H88">
         <v>2010</v>
       </c>
       <c r="I88">
         <v>2019</v>
       </c>
       <c r="J88" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="K88" t="s">
         <v>283</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="P88" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B89" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C89" t="s">
         <v>516</v>
       </c>
       <c r="D89" t="s">
         <v>107</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2010</v>
       </c>
       <c r="I89">
         <v>2019</v>
       </c>
       <c r="J89" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="K89" t="s">
         <v>283</v>
       </c>
       <c r="L89"/>
       <c r="M89" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="N89" t="s">
         <v>36</v>
       </c>
       <c r="O89" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="P89" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B90" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C90" t="s">
         <v>446</v>
       </c>
       <c r="D90" t="s">
         <v>431</v>
       </c>
       <c r="E90" t="s">
         <v>42</v>
       </c>
       <c r="F90" t="s">
         <v>108</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2001</v>
       </c>
       <c r="I90"/>
       <c r="J90" t="s">
         <v>241</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
       <c r="L90" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="M90" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="P90" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B91" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C91" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D91" t="s">
         <v>107</v>
       </c>
       <c r="E91" t="s">
         <v>42</v>
       </c>
       <c r="F91" t="s">
         <v>43</v>
       </c>
       <c r="G91" t="s">
         <v>55</v>
       </c>
       <c r="H91">
         <v>2022</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="K91" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="L91" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="M91" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="P91" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B92" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C92" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D92" t="s">
         <v>80</v>
       </c>
       <c r="E92" t="s">
         <v>42</v>
       </c>
       <c r="F92" t="s">
         <v>43</v>
       </c>
       <c r="G92" t="s">
         <v>55</v>
       </c>
       <c r="H92">
         <v>2022</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="K92" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="P92" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B93" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C93" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D93" t="s">
         <v>107</v>
       </c>
       <c r="E93" t="s">
         <v>42</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>55</v>
       </c>
       <c r="H93">
         <v>2022</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="K93" t="s">
         <v>124</v>
       </c>
       <c r="L93" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="M93" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="P93" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B94" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="C94" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D94" t="s">
         <v>80</v>
       </c>
       <c r="E94" t="s">
         <v>42</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>55</v>
       </c>
       <c r="H94">
         <v>2022</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="K94" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="L94" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="M94" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="P94" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B95" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C95" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D95" t="s">
         <v>80</v>
       </c>
       <c r="E95" t="s">
         <v>42</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
         <v>55</v>
       </c>
       <c r="H95">
         <v>2022</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="K95" t="s">
         <v>34</v>
       </c>
       <c r="L95" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="M95" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="P95" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B96" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C96" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D96" t="s">
         <v>64</v>
       </c>
       <c r="E96" t="s">
         <v>42</v>
       </c>
       <c r="F96" t="s">
         <v>43</v>
       </c>
       <c r="G96" t="s">
         <v>55</v>
       </c>
       <c r="H96">
         <v>2009</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
         <v>264</v>
       </c>
       <c r="K96" t="s">
         <v>34</v>
       </c>
       <c r="L96" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="M96" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="P96" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B97" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C97" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D97" t="s">
         <v>239</v>
       </c>
       <c r="E97" t="s">
         <v>42</v>
       </c>
       <c r="F97" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="G97" t="s">
         <v>55</v>
       </c>
       <c r="H97">
         <v>2019</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
         <v>44</v>
       </c>
       <c r="K97" t="s">
         <v>242</v>
       </c>
       <c r="L97"/>
       <c r="M97" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="N97" t="s">
         <v>245</v>
       </c>
       <c r="O97" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="P97" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">