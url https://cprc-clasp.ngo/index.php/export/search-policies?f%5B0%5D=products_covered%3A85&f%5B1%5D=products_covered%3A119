--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,284 +12,327 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Heat-Recovery Ventilators and Energy-Recovery Ventilators (H/ERVs) sold in Canada Version 2.2</t>
   </si>
   <si>
+    <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
+  </si>
+  <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
+  </si>
+  <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -553,403 +596,448 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="172" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="519.016" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="195.667" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
+        <v>46</v>
+      </c>
+      <c r="E4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F4" t="s">
+        <v>48</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2013</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>49</v>
+      </c>
+      <c r="K4" t="s">
+        <v>50</v>
+      </c>
+      <c r="L4" t="s">
+        <v>51</v>
+      </c>
+      <c r="M4" t="s">
+        <v>52</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>53</v>
+      </c>
+      <c r="P4" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...112 lines deleted...]
-      <c r="G5">
+      <c r="H5">
         <v>2009</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2020</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="K5" t="s">
         <v>50</v>
       </c>
       <c r="L5" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="N5" t="s">
-        <v>52</v>
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>61</v>
+      </c>
+      <c r="P5" t="s">
+        <v>62</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
         <v>2022</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="N6" t="s">
-        <v>58</v>
+        <v>68</v>
+      </c>
+      <c r="O6" t="s">
+        <v>69</v>
+      </c>
+      <c r="P6" t="s">
+        <v>70</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" t="s">
+        <v>74</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>75</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>76</v>
+      </c>
+      <c r="N7" t="s">
         <v>40</v>
       </c>
-      <c r="E7" t="s">
-[...23 lines deleted...]
-        <v>64</v>
+      <c r="O7" t="s">
+        <v>77</v>
+      </c>
+      <c r="P7" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>