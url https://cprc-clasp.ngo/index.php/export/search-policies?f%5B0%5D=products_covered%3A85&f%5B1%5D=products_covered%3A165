--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,251 +12,282 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for General Lighting</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance requirements for the following products: incandescent lamps (25-200W), Compact fluorescent lamps with integrated ballast (CFLi) (up to 60W),  LED lamps with an Edison screw or a bayonet lamp cap (up to 60W), Compact fluorescent lamps without integrated ballast (CFLni), T8 Linear, double-capped, fluorescent lamps (LFL)[0.5 - 1.5]m, and LED lamps designed as a direct replacement for CFLni and T8 LFL without requiring any internal modification of the luminaires.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Lighting, Lamps, Tubular Lamps, Non-Directional lamps, HD lamps and retrofits</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CIE3 84:1989 and IEC 60064, Measurement of luminous flux
 ,   
                     CIE 84:1989 and IEC 60064 or IEC 60357, Measurement of luminous flux
 ,   
                     IEC 60969:2001, Performance tests
 ,   
                     IEC 60901:2001, Performance tests
 ,   
                     IEC 60081:2002, Performance tests
 ,   
                     IEC 62612:2013, Performance tests
 ,   
                     IEC 62612:2013, Performance tests</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-general-lighting</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
+  </si>
+  <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -520,317 +551,350 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="116" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="599.139" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="104.832" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="209.949" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...6 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>54</v>
+      </c>
+      <c r="F5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...113 lines deleted...]
-        <v>49</v>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>