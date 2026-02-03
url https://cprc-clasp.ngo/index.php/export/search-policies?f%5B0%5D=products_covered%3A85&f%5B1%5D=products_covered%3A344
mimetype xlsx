--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -200,72 +200,72 @@
   <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
     <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -902,51 +902,51 @@
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>62</v>
       </c>
       <c r="B6" t="s">
         <v>63</v>
       </c>
       <c r="C6" t="s">
         <v>64</v>
       </c>
       <c r="D6" t="s">
         <v>65</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>66</v>
       </c>
       <c r="G6" t="s">
         <v>35</v>
       </c>
       <c r="H6">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>67</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>68</v>
       </c>
       <c r="N6" t="s">
         <v>51</v>
       </c>
       <c r="O6" t="s">
         <v>69</v>
       </c>
       <c r="P6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>71</v>