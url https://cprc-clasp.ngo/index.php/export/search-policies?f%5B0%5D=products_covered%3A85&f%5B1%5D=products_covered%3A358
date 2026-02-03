--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,239 +12,270 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>LI 2454 Renewable Energy (Standards and Labelling) (Improved Biomass Cookstoves) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an improved biomass cookstoves, manufactured in the country or imported into the country for sale, display or use as a domestic cookstove, or an institutional cookstove that uses solid biomass fuels including wood, charcoal, briquette, or pellet.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>Cookstoves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2454-renewable-energy-standards-and-labelling-improved-biomass-cookstoves-regulations</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
+  </si>
+  <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -508,315 +539,348 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="116" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="107.26" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...6 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2022</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>48</v>
+      </c>
+      <c r="N4" t="s">
+        <v>49</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...111 lines deleted...]
-        <v>49</v>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>