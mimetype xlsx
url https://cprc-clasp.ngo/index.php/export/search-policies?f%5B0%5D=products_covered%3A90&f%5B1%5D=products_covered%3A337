--- v0 (2025-12-06)
+++ v1 (2026-02-04)
@@ -669,67 +669,67 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-kim-chi-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
     <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>