--- v0 (2025-10-13)
+++ v1 (2026-02-03)
@@ -12,817 +12,1120 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="335">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
   </si>
   <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 30978-2014</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
+    <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1086,2237 +1389,2544 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N51"/>
+  <dimension ref="A1:P51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="515.446" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" t="s">
+        <v>49</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>52</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>65</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2020</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>81</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E10" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" t="s">
+        <v>49</v>
+      </c>
+      <c r="G10" t="s">
+        <v>65</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>88</v>
+      </c>
+      <c r="D11" t="s">
+        <v>47</v>
+      </c>
+      <c r="E11" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" t="s">
+        <v>49</v>
+      </c>
+      <c r="G11" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2010</v>
+      </c>
+      <c r="J11" t="s">
+        <v>89</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>97</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>98</v>
+      </c>
+      <c r="P11" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>100</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" t="s">
+        <v>47</v>
+      </c>
+      <c r="E12" t="s">
+        <v>48</v>
+      </c>
+      <c r="F12" t="s">
+        <v>49</v>
+      </c>
+      <c r="G12" t="s">
+        <v>65</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12">
+        <v>2014</v>
+      </c>
+      <c r="J12" t="s">
+        <v>89</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>97</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13" t="s">
+        <v>48</v>
+      </c>
+      <c r="F13" t="s">
+        <v>49</v>
+      </c>
+      <c r="G13" t="s">
+        <v>65</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>89</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>107</v>
+      </c>
+      <c r="M13" t="s">
+        <v>91</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...275 lines deleted...]
-      <c r="I9" t="s">
+      <c r="G14" t="s">
         <v>65</v>
-      </c>
-[...210 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H14">
         <v>2012</v>
       </c>
-      <c r="I14" t="s">
-        <v>86</v>
+      <c r="I14">
+        <v>2012</v>
       </c>
       <c r="J14" t="s">
+        <v>113</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D15" t="s">
+        <v>119</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K14"/>
-[...6 lines deleted...]
-      <c r="N14" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>120</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>121</v>
+      </c>
+      <c r="M15" t="s">
+        <v>114</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>123</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>125</v>
+      </c>
+      <c r="D16" t="s">
+        <v>47</v>
+      </c>
+      <c r="E16" t="s">
+        <v>48</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>65</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16">
+        <v>2019</v>
+      </c>
+      <c r="J16" t="s">
+        <v>82</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>126</v>
+      </c>
+      <c r="M16" t="s">
+        <v>127</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>132</v>
+      </c>
+      <c r="D17" t="s">
+        <v>47</v>
+      </c>
+      <c r="E17" t="s">
+        <v>48</v>
+      </c>
+      <c r="F17" t="s">
+        <v>49</v>
+      </c>
+      <c r="G17" t="s">
+        <v>65</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>50</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>133</v>
+      </c>
+      <c r="M17" t="s">
+        <v>134</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>135</v>
+      </c>
+      <c r="P17" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>137</v>
+      </c>
+      <c r="B18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C18" t="s">
+        <v>139</v>
+      </c>
+      <c r="D18" t="s">
+        <v>47</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>140</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2025</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>141</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>142</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>143</v>
+      </c>
+      <c r="P18" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
+        <v>80</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
+        <v>147</v>
+      </c>
+      <c r="H19">
+        <v>1989</v>
+      </c>
+      <c r="I19">
+        <v>2009</v>
+      </c>
+      <c r="J19" t="s">
+        <v>148</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>149</v>
+      </c>
+      <c r="M19" t="s">
+        <v>150</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>151</v>
+      </c>
+      <c r="P19" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>153</v>
+      </c>
+      <c r="B20" t="s">
+        <v>154</v>
+      </c>
+      <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
+        <v>80</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>65</v>
+      </c>
+      <c r="H20">
+        <v>1989</v>
+      </c>
+      <c r="I20">
+        <v>2021</v>
+      </c>
+      <c r="J20" t="s">
+        <v>148</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>155</v>
+      </c>
+      <c r="M20" t="s">
+        <v>156</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>46</v>
+      </c>
+      <c r="D21" t="s">
+        <v>47</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>33</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2015</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>50</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>161</v>
+      </c>
+      <c r="M21" t="s">
+        <v>150</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>162</v>
+      </c>
+      <c r="P21" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>164</v>
+      </c>
+      <c r="B22" t="s">
+        <v>165</v>
+      </c>
+      <c r="C22" t="s">
+        <v>166</v>
+      </c>
+      <c r="D22" t="s">
+        <v>80</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>140</v>
+      </c>
+      <c r="G22" t="s">
+        <v>65</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22">
+        <v>2025</v>
+      </c>
+      <c r="J22" t="s">
+        <v>141</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>167</v>
+      </c>
+      <c r="M22" t="s">
+        <v>168</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>169</v>
+      </c>
+      <c r="P22" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>171</v>
+      </c>
+      <c r="B23" t="s">
+        <v>172</v>
+      </c>
+      <c r="C23" t="s">
         <v>88</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" t="s">
+      <c r="D23" t="s">
+        <v>47</v>
+      </c>
+      <c r="E23" t="s">
+        <v>48</v>
+      </c>
+      <c r="F23" t="s">
+        <v>49</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
         <v>89</v>
       </c>
-      <c r="B15" t="s">
-[...14 lines deleted...]
-      <c r="G15">
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>91</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>173</v>
+      </c>
+      <c r="P23" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>175</v>
+      </c>
+      <c r="B24" t="s">
+        <v>176</v>
+      </c>
+      <c r="C24" t="s">
+        <v>88</v>
+      </c>
+      <c r="D24" t="s">
+        <v>47</v>
+      </c>
+      <c r="E24" t="s">
+        <v>48</v>
+      </c>
+      <c r="F24" t="s">
+        <v>49</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2013</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>89</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>91</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>177</v>
+      </c>
+      <c r="P24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>179</v>
+      </c>
+      <c r="B25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C25" t="s">
+        <v>166</v>
+      </c>
+      <c r="D25" t="s">
+        <v>80</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>140</v>
+      </c>
+      <c r="G25" t="s">
+        <v>181</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>182</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>183</v>
+      </c>
+      <c r="M25" t="s">
+        <v>168</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>184</v>
+      </c>
+      <c r="P25" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>186</v>
+      </c>
+      <c r="B26" t="s">
+        <v>187</v>
+      </c>
+      <c r="C26" t="s">
+        <v>72</v>
+      </c>
+      <c r="D26" t="s">
+        <v>188</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>140</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2023</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>66</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>189</v>
+      </c>
+      <c r="M26" t="s">
+        <v>74</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>190</v>
+      </c>
+      <c r="P26" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>192</v>
+      </c>
+      <c r="B27" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" t="s">
+        <v>194</v>
+      </c>
+      <c r="D27" t="s">
+        <v>119</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>65</v>
+      </c>
+      <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27">
+        <v>2021</v>
+      </c>
+      <c r="J27" t="s">
+        <v>195</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>196</v>
+      </c>
+      <c r="M27" t="s">
+        <v>197</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>198</v>
+      </c>
+      <c r="P27" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>200</v>
+      </c>
+      <c r="B28" t="s">
+        <v>201</v>
+      </c>
+      <c r="C28" t="s">
+        <v>202</v>
+      </c>
+      <c r="D28" t="s">
+        <v>47</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>140</v>
+      </c>
+      <c r="G28" t="s">
+        <v>65</v>
+      </c>
+      <c r="H28">
+        <v>2002</v>
+      </c>
+      <c r="I28">
+        <v>2008</v>
+      </c>
+      <c r="J28" t="s">
+        <v>203</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>204</v>
+      </c>
+      <c r="M28" t="s">
+        <v>205</v>
+      </c>
+      <c r="N28" t="s">
+        <v>206</v>
+      </c>
+      <c r="O28" t="s">
+        <v>207</v>
+      </c>
+      <c r="P28" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>209</v>
+      </c>
+      <c r="B29" t="s">
+        <v>210</v>
+      </c>
+      <c r="C29" t="s">
+        <v>211</v>
+      </c>
+      <c r="D29" t="s">
+        <v>32</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" t="s">
+        <v>65</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29">
+        <v>2014</v>
+      </c>
+      <c r="J29" t="s">
+        <v>50</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>212</v>
+      </c>
+      <c r="M29" t="s">
+        <v>213</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>214</v>
+      </c>
+      <c r="P29"/>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>215</v>
+      </c>
+      <c r="B30" t="s">
+        <v>216</v>
+      </c>
+      <c r="C30" t="s">
+        <v>217</v>
+      </c>
+      <c r="D30" t="s">
+        <v>188</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2022</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>218</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>219</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>220</v>
+      </c>
+      <c r="P30" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>222</v>
+      </c>
+      <c r="B31" t="s">
+        <v>118</v>
+      </c>
+      <c r="C31" t="s">
+        <v>112</v>
+      </c>
+      <c r="D31" t="s">
+        <v>119</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>33</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
         <v>2009</v>
       </c>
-      <c r="H15"/>
-[...44 lines deleted...]
-      <c r="I16" t="s">
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>120</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>121</v>
+      </c>
+      <c r="M31" t="s">
+        <v>114</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>223</v>
+      </c>
+      <c r="P31" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>224</v>
+      </c>
+      <c r="B32" t="s">
+        <v>111</v>
+      </c>
+      <c r="C32" t="s">
+        <v>112</v>
+      </c>
+      <c r="D32" t="s">
+        <v>47</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>33</v>
+      </c>
+      <c r="G32" t="s">
         <v>65</v>
-      </c>
-[...672 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
-      <c r="I32" t="s">
-        <v>86</v>
+      <c r="I32">
+        <v>2012</v>
       </c>
       <c r="J32" t="s">
+        <v>113</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>114</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>225</v>
+      </c>
+      <c r="P32" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>226</v>
+      </c>
+      <c r="B33" t="s">
+        <v>227</v>
+      </c>
+      <c r="C33" t="s">
+        <v>139</v>
+      </c>
+      <c r="D33" t="s">
+        <v>119</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>140</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2021</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>228</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>229</v>
+      </c>
+      <c r="M33" t="s">
+        <v>230</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>231</v>
+      </c>
+      <c r="P33" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>233</v>
+      </c>
+      <c r="B34" t="s">
+        <v>234</v>
+      </c>
+      <c r="C34" t="s">
+        <v>139</v>
+      </c>
+      <c r="D34" t="s">
+        <v>235</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>140</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2021</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>228</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>236</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>237</v>
+      </c>
+      <c r="P34" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>239</v>
+      </c>
+      <c r="B35" t="s">
+        <v>240</v>
+      </c>
+      <c r="C35" t="s">
+        <v>125</v>
+      </c>
+      <c r="D35" t="s">
+        <v>241</v>
+      </c>
+      <c r="E35" t="s">
+        <v>48</v>
+      </c>
+      <c r="F35" t="s">
+        <v>242</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2009</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>243</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>244</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>245</v>
+      </c>
+      <c r="P35" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>247</v>
+      </c>
+      <c r="B36" t="s">
+        <v>248</v>
+      </c>
+      <c r="C36" t="s">
+        <v>125</v>
+      </c>
+      <c r="D36" t="s">
+        <v>47</v>
+      </c>
+      <c r="E36" t="s">
+        <v>48</v>
+      </c>
+      <c r="F36" t="s">
+        <v>242</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2021</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>249</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>244</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>250</v>
+      </c>
+      <c r="P36" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>252</v>
+      </c>
+      <c r="B37" t="s">
+        <v>253</v>
+      </c>
+      <c r="C37" t="s">
+        <v>125</v>
+      </c>
+      <c r="D37" t="s">
+        <v>80</v>
+      </c>
+      <c r="E37" t="s">
+        <v>48</v>
+      </c>
+      <c r="F37" t="s">
+        <v>242</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2015</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>243</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>244</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>254</v>
+      </c>
+      <c r="P37" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>256</v>
+      </c>
+      <c r="B38" t="s">
+        <v>257</v>
+      </c>
+      <c r="C38" t="s">
+        <v>258</v>
+      </c>
+      <c r="D38" t="s">
+        <v>259</v>
+      </c>
+      <c r="E38" t="s">
+        <v>260</v>
+      </c>
+      <c r="F38" t="s">
+        <v>261</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2023</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>66</v>
+      </c>
+      <c r="K38" t="s">
+        <v>262</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>263</v>
+      </c>
+      <c r="N38" t="s">
+        <v>206</v>
+      </c>
+      <c r="O38" t="s">
+        <v>264</v>
+      </c>
+      <c r="P38" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>266</v>
+      </c>
+      <c r="B39" t="s">
+        <v>267</v>
+      </c>
+      <c r="C39" t="s">
+        <v>268</v>
+      </c>
+      <c r="D39" t="s">
+        <v>269</v>
+      </c>
+      <c r="E39" t="s">
+        <v>260</v>
+      </c>
+      <c r="F39" t="s">
+        <v>140</v>
+      </c>
+      <c r="G39" t="s">
+        <v>81</v>
+      </c>
+      <c r="H39"/>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>270</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39"/>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>271</v>
+      </c>
+      <c r="P39" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>273</v>
+      </c>
+      <c r="B40" t="s">
+        <v>274</v>
+      </c>
+      <c r="C40" t="s">
+        <v>194</v>
+      </c>
+      <c r="D40" t="s">
+        <v>80</v>
+      </c>
+      <c r="E40" t="s">
+        <v>48</v>
+      </c>
+      <c r="F40" t="s">
+        <v>49</v>
+      </c>
+      <c r="G40" t="s">
+        <v>65</v>
+      </c>
+      <c r="H40">
+        <v>1997</v>
+      </c>
+      <c r="I40">
+        <v>2011</v>
+      </c>
+      <c r="J40" t="s">
+        <v>195</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>275</v>
+      </c>
+      <c r="M40" t="s">
+        <v>276</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>277</v>
+      </c>
+      <c r="P40" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>279</v>
+      </c>
+      <c r="B41" t="s">
+        <v>280</v>
+      </c>
+      <c r="C41" t="s">
+        <v>88</v>
+      </c>
+      <c r="D41" t="s">
+        <v>47</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K32"/>
-[...29 lines deleted...]
-      <c r="G33">
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2016</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>89</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>91</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>281</v>
+      </c>
+      <c r="P41" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>283</v>
+      </c>
+      <c r="B42" t="s">
+        <v>284</v>
+      </c>
+      <c r="C42" t="s">
+        <v>88</v>
+      </c>
+      <c r="D42" t="s">
+        <v>47</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2016</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>89</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>91</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>285</v>
+      </c>
+      <c r="P42" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>287</v>
+      </c>
+      <c r="B43" t="s">
+        <v>288</v>
+      </c>
+      <c r="C43" t="s">
+        <v>88</v>
+      </c>
+      <c r="D43" t="s">
+        <v>47</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>140</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2018</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>89</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>91</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>289</v>
+      </c>
+      <c r="P43" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>291</v>
+      </c>
+      <c r="B44" t="s">
+        <v>292</v>
+      </c>
+      <c r="C44" t="s">
+        <v>88</v>
+      </c>
+      <c r="D44" t="s">
+        <v>47</v>
+      </c>
+      <c r="E44" t="s">
+        <v>48</v>
+      </c>
+      <c r="F44" t="s">
+        <v>140</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2018</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>89</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>91</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>293</v>
+      </c>
+      <c r="P44" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>295</v>
+      </c>
+      <c r="B45" t="s">
+        <v>296</v>
+      </c>
+      <c r="C45" t="s">
+        <v>79</v>
+      </c>
+      <c r="D45" t="s">
+        <v>47</v>
+      </c>
+      <c r="E45" t="s">
+        <v>48</v>
+      </c>
+      <c r="F45" t="s">
+        <v>49</v>
+      </c>
+      <c r="G45" t="s">
+        <v>65</v>
+      </c>
+      <c r="H45">
+        <v>2007</v>
+      </c>
+      <c r="I45">
+        <v>2012</v>
+      </c>
+      <c r="J45" t="s">
+        <v>195</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>297</v>
+      </c>
+      <c r="M45" t="s">
+        <v>298</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>299</v>
+      </c>
+      <c r="P45" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>301</v>
+      </c>
+      <c r="B46" t="s">
+        <v>302</v>
+      </c>
+      <c r="C46" t="s">
+        <v>62</v>
+      </c>
+      <c r="D46" t="s">
+        <v>80</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>140</v>
+      </c>
+      <c r="G46" t="s">
+        <v>65</v>
+      </c>
+      <c r="H46">
+        <v>2007</v>
+      </c>
+      <c r="I46">
+        <v>2020</v>
+      </c>
+      <c r="J46" t="s">
+        <v>66</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>303</v>
+      </c>
+      <c r="M46" t="s">
+        <v>67</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>304</v>
+      </c>
+      <c r="P46" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>306</v>
+      </c>
+      <c r="B47" t="s">
+        <v>307</v>
+      </c>
+      <c r="C47" t="s">
+        <v>125</v>
+      </c>
+      <c r="D47" t="s">
+        <v>308</v>
+      </c>
+      <c r="E47" t="s">
+        <v>48</v>
+      </c>
+      <c r="F47" t="s">
+        <v>49</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2011</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>249</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>309</v>
+      </c>
+      <c r="M47" t="s">
+        <v>310</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>311</v>
+      </c>
+      <c r="P47" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>313</v>
+      </c>
+      <c r="B48" t="s">
+        <v>314</v>
+      </c>
+      <c r="C48" t="s">
+        <v>125</v>
+      </c>
+      <c r="D48" t="s">
+        <v>47</v>
+      </c>
+      <c r="E48" t="s">
+        <v>48</v>
+      </c>
+      <c r="F48" t="s">
+        <v>49</v>
+      </c>
+      <c r="G48" t="s">
+        <v>65</v>
+      </c>
+      <c r="H48">
+        <v>2015</v>
+      </c>
+      <c r="I48">
         <v>2021</v>
       </c>
-      <c r="H33"/>
-[...3 lines deleted...]
-      <c r="J33" t="s">
+      <c r="J48" t="s">
+        <v>249</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>315</v>
+      </c>
+      <c r="M48" t="s">
+        <v>310</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>316</v>
+      </c>
+      <c r="P48" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>318</v>
+      </c>
+      <c r="B49" t="s">
+        <v>319</v>
+      </c>
+      <c r="C49" t="s">
+        <v>125</v>
+      </c>
+      <c r="D49" t="s">
+        <v>308</v>
+      </c>
+      <c r="E49" t="s">
+        <v>48</v>
+      </c>
+      <c r="F49" t="s">
         <v>21</v>
       </c>
-      <c r="K33" t="s">
-[...311 lines deleted...]
-      <c r="G41">
+      <c r="G49" t="s">
+        <v>65</v>
+      </c>
+      <c r="H49">
+        <v>2001</v>
+      </c>
+      <c r="I49">
+        <v>2019</v>
+      </c>
+      <c r="J49" t="s">
+        <v>82</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>320</v>
+      </c>
+      <c r="M49" t="s">
+        <v>127</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>321</v>
+      </c>
+      <c r="P49" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>323</v>
+      </c>
+      <c r="B50" t="s">
+        <v>324</v>
+      </c>
+      <c r="C50" t="s">
+        <v>325</v>
+      </c>
+      <c r="D50" t="s">
+        <v>47</v>
+      </c>
+      <c r="E50" t="s">
+        <v>48</v>
+      </c>
+      <c r="F50" t="s">
+        <v>49</v>
+      </c>
+      <c r="G50" t="s">
+        <v>65</v>
+      </c>
+      <c r="H50">
+        <v>2013</v>
+      </c>
+      <c r="I50">
+        <v>2020</v>
+      </c>
+      <c r="J50" t="s">
+        <v>228</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>326</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>327</v>
+      </c>
+      <c r="P50" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>329</v>
+      </c>
+      <c r="B51" t="s">
+        <v>330</v>
+      </c>
+      <c r="C51" t="s">
+        <v>125</v>
+      </c>
+      <c r="D51" t="s">
+        <v>331</v>
+      </c>
+      <c r="E51" t="s">
+        <v>48</v>
+      </c>
+      <c r="F51" t="s">
+        <v>33</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
         <v>2016</v>
       </c>
-      <c r="H41"/>
-[...422 lines deleted...]
-      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>243</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
       <c r="M51" t="s">
-        <v>23</v>
+        <v>332</v>
       </c>
       <c r="N51" t="s">
-        <v>235</v>
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>333</v>
+      </c>
+      <c r="P51" t="s">
+        <v>334</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>