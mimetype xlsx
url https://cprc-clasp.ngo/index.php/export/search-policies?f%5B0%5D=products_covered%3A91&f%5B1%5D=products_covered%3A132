--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,644 +12,867 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="259">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
   </si>
   <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 30978-2014</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
     <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
   </si>
   <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
+    <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/watersenser-specification-showerheads</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -913,1707 +1136,1938 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N38"/>
+  <dimension ref="A1:P38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="183" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L5" t="s">
+        <v>57</v>
+      </c>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>46</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>50</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>47</v>
+      </c>
+      <c r="K7" t="s">
+        <v>48</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>50</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>46</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>48</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...25 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
+        <v>48</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+      <c r="K10" t="s">
+        <v>48</v>
+      </c>
+      <c r="L10" t="s">
+        <v>86</v>
+      </c>
+      <c r="M10" t="s">
+        <v>81</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>72</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" t="s">
+        <v>46</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>73</v>
+      </c>
+      <c r="K11" t="s">
+        <v>48</v>
+      </c>
+      <c r="L11" t="s">
+        <v>91</v>
+      </c>
+      <c r="M11" t="s">
+        <v>75</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
+        <v>96</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>34</v>
       </c>
-      <c r="N3" t="s">
-[...367 lines deleted...]
-        <v>2012</v>
+      <c r="G12" t="s">
+        <v>22</v>
       </c>
       <c r="H12">
         <v>2012</v>
       </c>
-      <c r="I12" t="s">
-        <v>74</v>
+      <c r="I12">
+        <v>2012</v>
       </c>
       <c r="J12" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="K12" t="s">
+        <v>48</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2017</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>104</v>
+      </c>
+      <c r="K13" t="s">
+        <v>48</v>
+      </c>
+      <c r="L13" t="s">
+        <v>105</v>
+      </c>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>112</v>
+      </c>
+      <c r="E14" t="s">
+        <v>45</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>113</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>45</v>
+      </c>
+      <c r="F15" t="s">
+        <v>46</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>47</v>
+      </c>
+      <c r="K15" t="s">
+        <v>48</v>
+      </c>
+      <c r="L15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>127</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2025</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>128</v>
+      </c>
+      <c r="K16" t="s">
+        <v>48</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>129</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>134</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>45</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>36</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>135</v>
+      </c>
+      <c r="N17" t="s">
+        <v>39</v>
+      </c>
+      <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>138</v>
+      </c>
+      <c r="B18" t="s">
+        <v>139</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>47</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>140</v>
+      </c>
+      <c r="M18" t="s">
+        <v>141</v>
+      </c>
+      <c r="N18" t="s">
+        <v>39</v>
+      </c>
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>145</v>
+      </c>
+      <c r="C19" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>47</v>
+      </c>
+      <c r="K19" t="s">
+        <v>48</v>
+      </c>
+      <c r="L19" t="s">
+        <v>146</v>
+      </c>
+      <c r="M19" t="s">
+        <v>147</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>148</v>
+      </c>
+      <c r="P19" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>150</v>
+      </c>
+      <c r="B20" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" t="s">
+        <v>72</v>
+      </c>
+      <c r="D20" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" t="s">
+        <v>45</v>
+      </c>
+      <c r="F20" t="s">
+        <v>46</v>
+      </c>
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>73</v>
+      </c>
+      <c r="K20" t="s">
+        <v>48</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
         <v>75</v>
       </c>
-      <c r="M12" t="s">
-[...13 lines deleted...]
-      <c r="C13" t="s">
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>152</v>
+      </c>
+      <c r="P20" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>154</v>
+      </c>
+      <c r="B21" t="s">
+        <v>155</v>
+      </c>
+      <c r="C21" t="s">
+        <v>72</v>
+      </c>
+      <c r="D21" t="s">
+        <v>44</v>
+      </c>
+      <c r="E21" t="s">
+        <v>45</v>
+      </c>
+      <c r="F21" t="s">
+        <v>46</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>73</v>
+      </c>
+      <c r="K21" t="s">
+        <v>48</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>75</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>156</v>
+      </c>
+      <c r="P21" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>158</v>
+      </c>
+      <c r="B22" t="s">
+        <v>159</v>
+      </c>
+      <c r="C22" t="s">
+        <v>160</v>
+      </c>
+      <c r="D22" t="s">
+        <v>112</v>
+      </c>
+      <c r="E22" t="s">
+        <v>45</v>
+      </c>
+      <c r="F22" t="s">
+        <v>127</v>
+      </c>
+      <c r="G22" t="s">
+        <v>161</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>47</v>
+      </c>
+      <c r="K22" t="s">
         <v>37</v>
       </c>
-      <c r="D13" t="s">
-[...82 lines deleted...]
-      <c r="C15" t="s">
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>162</v>
+      </c>
+      <c r="N22" t="s">
+        <v>39</v>
+      </c>
+      <c r="O22" t="s">
+        <v>163</v>
+      </c>
+      <c r="P22" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>167</v>
+      </c>
+      <c r="D23" t="s">
+        <v>44</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>127</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2002</v>
+      </c>
+      <c r="I23">
+        <v>2008</v>
+      </c>
+      <c r="J23" t="s">
+        <v>168</v>
+      </c>
+      <c r="K23" t="s">
+        <v>48</v>
+      </c>
+      <c r="L23" t="s">
+        <v>169</v>
+      </c>
+      <c r="M23" t="s">
+        <v>170</v>
+      </c>
+      <c r="N23" t="s">
+        <v>171</v>
+      </c>
+      <c r="O23" t="s">
+        <v>172</v>
+      </c>
+      <c r="P23" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>174</v>
+      </c>
+      <c r="B24" t="s">
+        <v>175</v>
+      </c>
+      <c r="C24" t="s">
+        <v>96</v>
+      </c>
+      <c r="D24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" t="s">
+        <v>45</v>
+      </c>
+      <c r="F24" t="s">
+        <v>46</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2001</v>
+      </c>
+      <c r="I24">
+        <v>2012</v>
+      </c>
+      <c r="J24" t="s">
+        <v>113</v>
+      </c>
+      <c r="K24" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="L24" t="s">
+        <v>176</v>
+      </c>
+      <c r="M24" t="s">
+        <v>177</v>
+      </c>
+      <c r="N24" t="s">
         <v>39</v>
       </c>
-      <c r="F15" t="s">
-[...31 lines deleted...]
-      <c r="B16" t="s">
+      <c r="O24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P24" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>180</v>
+      </c>
+      <c r="B25" t="s">
         <v>95</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="C25" t="s">
         <v>96</v>
       </c>
-      <c r="F16" t="s">
-[...366 lines deleted...]
-      </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E25" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
-      <c r="I25" t="s">
-        <v>74</v>
+      <c r="I25">
+        <v>2012</v>
       </c>
       <c r="J25" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="L25" t="s">
+        <v>97</v>
+      </c>
+      <c r="K25" t="s">
+        <v>48</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>98</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>181</v>
+      </c>
+      <c r="P25" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>182</v>
+      </c>
+      <c r="B26" t="s">
+        <v>183</v>
+      </c>
+      <c r="C26" t="s">
+        <v>103</v>
+      </c>
+      <c r="D26" t="s">
+        <v>44</v>
+      </c>
+      <c r="E26" t="s">
+        <v>45</v>
+      </c>
+      <c r="F26" t="s">
+        <v>184</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26">
+        <v>2021</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>185</v>
+      </c>
+      <c r="K26" t="s">
+        <v>48</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>186</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>187</v>
+      </c>
+      <c r="P26" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>189</v>
+      </c>
+      <c r="B27" t="s">
+        <v>190</v>
+      </c>
+      <c r="C27" t="s">
+        <v>72</v>
+      </c>
+      <c r="D27" t="s">
+        <v>44</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>34</v>
+      </c>
+      <c r="G27" t="s">
+        <v>35</v>
+      </c>
+      <c r="H27">
+        <v>2016</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>73</v>
+      </c>
+      <c r="K27" t="s">
+        <v>48</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
         <v>75</v>
       </c>
-      <c r="M25" t="s">
-[...13 lines deleted...]
-      <c r="C26" t="s">
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>191</v>
+      </c>
+      <c r="P27" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>193</v>
+      </c>
+      <c r="B28" t="s">
+        <v>194</v>
+      </c>
+      <c r="C28" t="s">
+        <v>72</v>
+      </c>
+      <c r="D28" t="s">
+        <v>44</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28">
+        <v>2016</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>73</v>
+      </c>
+      <c r="K28" t="s">
+        <v>48</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>75</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>195</v>
+      </c>
+      <c r="P28" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>197</v>
+      </c>
+      <c r="B29" t="s">
+        <v>198</v>
+      </c>
+      <c r="C29" t="s">
+        <v>72</v>
+      </c>
+      <c r="D29" t="s">
+        <v>44</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>127</v>
+      </c>
+      <c r="G29" t="s">
+        <v>35</v>
+      </c>
+      <c r="H29">
+        <v>2018</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>73</v>
+      </c>
+      <c r="K29" t="s">
+        <v>48</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>75</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>199</v>
+      </c>
+      <c r="P29" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>201</v>
+      </c>
+      <c r="B30" t="s">
+        <v>202</v>
+      </c>
+      <c r="C30" t="s">
+        <v>72</v>
+      </c>
+      <c r="D30" t="s">
+        <v>44</v>
+      </c>
+      <c r="E30" t="s">
+        <v>45</v>
+      </c>
+      <c r="F30" t="s">
+        <v>127</v>
+      </c>
+      <c r="G30" t="s">
+        <v>35</v>
+      </c>
+      <c r="H30">
+        <v>2018</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>73</v>
+      </c>
+      <c r="K30" t="s">
+        <v>48</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>75</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>203</v>
+      </c>
+      <c r="P30" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>205</v>
+      </c>
+      <c r="B31" t="s">
+        <v>206</v>
+      </c>
+      <c r="C31" t="s">
+        <v>207</v>
+      </c>
+      <c r="D31" t="s">
+        <v>44</v>
+      </c>
+      <c r="E31" t="s">
+        <v>45</v>
+      </c>
+      <c r="F31" t="s">
+        <v>46</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2007</v>
+      </c>
+      <c r="I31">
+        <v>2012</v>
+      </c>
+      <c r="J31" t="s">
+        <v>208</v>
+      </c>
+      <c r="K31" t="s">
+        <v>48</v>
+      </c>
+      <c r="L31" t="s">
+        <v>209</v>
+      </c>
+      <c r="M31" t="s">
+        <v>210</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>211</v>
+      </c>
+      <c r="P31" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>213</v>
+      </c>
+      <c r="B32" t="s">
+        <v>214</v>
+      </c>
+      <c r="C32" t="s">
+        <v>103</v>
+      </c>
+      <c r="D32" t="s">
+        <v>44</v>
+      </c>
+      <c r="E32" t="s">
+        <v>45</v>
+      </c>
+      <c r="F32" t="s">
+        <v>46</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2015</v>
+      </c>
+      <c r="I32">
+        <v>2021</v>
+      </c>
+      <c r="J32" t="s">
+        <v>185</v>
+      </c>
+      <c r="K32" t="s">
+        <v>48</v>
+      </c>
+      <c r="L32" t="s">
+        <v>215</v>
+      </c>
+      <c r="M32" t="s">
+        <v>216</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>217</v>
+      </c>
+      <c r="P32" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>219</v>
+      </c>
+      <c r="B33" t="s">
+        <v>220</v>
+      </c>
+      <c r="C33" t="s">
+        <v>221</v>
+      </c>
+      <c r="D33" t="s">
+        <v>44</v>
+      </c>
+      <c r="E33" t="s">
+        <v>45</v>
+      </c>
+      <c r="F33" t="s">
+        <v>46</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>222</v>
+      </c>
+      <c r="K33" t="s">
+        <v>48</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>223</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>224</v>
+      </c>
+      <c r="P33" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>226</v>
+      </c>
+      <c r="B34" t="s">
+        <v>227</v>
+      </c>
+      <c r="C34" t="s">
+        <v>103</v>
+      </c>
+      <c r="D34" t="s">
+        <v>228</v>
+      </c>
+      <c r="E34" t="s">
+        <v>45</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>35</v>
+      </c>
+      <c r="H34">
+        <v>2016</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>229</v>
+      </c>
+      <c r="K34" t="s">
+        <v>48</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>230</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>231</v>
+      </c>
+      <c r="P34" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>233</v>
+      </c>
+      <c r="B35" t="s">
+        <v>234</v>
+      </c>
+      <c r="C35" t="s">
+        <v>32</v>
+      </c>
+      <c r="D35" t="s">
+        <v>235</v>
+      </c>
+      <c r="E35" t="s">
+        <v>45</v>
+      </c>
+      <c r="F35" t="s">
+        <v>46</v>
+      </c>
+      <c r="G35" t="s">
+        <v>35</v>
+      </c>
+      <c r="H35">
+        <v>2017</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>36</v>
+      </c>
+      <c r="K35" t="s">
         <v>37</v>
       </c>
-      <c r="D26" t="s">
-[...36 lines deleted...]
-      <c r="C27" t="s">
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>50</v>
+      </c>
+      <c r="N35" t="s">
+        <v>39</v>
+      </c>
+      <c r="O35" t="s">
+        <v>236</v>
+      </c>
+      <c r="P35" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>238</v>
+      </c>
+      <c r="B36" t="s">
+        <v>239</v>
+      </c>
+      <c r="C36" t="s">
+        <v>240</v>
+      </c>
+      <c r="D36" t="s">
+        <v>241</v>
+      </c>
+      <c r="E36" t="s">
+        <v>45</v>
+      </c>
+      <c r="F36" t="s">
+        <v>34</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2015</v>
+      </c>
+      <c r="I36">
+        <v>2016</v>
+      </c>
+      <c r="J36" t="s">
+        <v>113</v>
+      </c>
+      <c r="K36" t="s">
         <v>37</v>
       </c>
-      <c r="D27" t="s">
-[...36 lines deleted...]
-      <c r="C28" t="s">
+      <c r="L36" t="s">
+        <v>242</v>
+      </c>
+      <c r="M36" t="s">
+        <v>243</v>
+      </c>
+      <c r="N36" t="s">
+        <v>39</v>
+      </c>
+      <c r="O36" t="s">
+        <v>244</v>
+      </c>
+      <c r="P36" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>246</v>
+      </c>
+      <c r="B37" t="s">
+        <v>247</v>
+      </c>
+      <c r="C37" t="s">
+        <v>160</v>
+      </c>
+      <c r="D37" t="s">
+        <v>248</v>
+      </c>
+      <c r="E37" t="s">
+        <v>45</v>
+      </c>
+      <c r="F37" t="s">
+        <v>46</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2011</v>
+      </c>
+      <c r="I37">
+        <v>2017</v>
+      </c>
+      <c r="J37" t="s">
+        <v>47</v>
+      </c>
+      <c r="K37" t="s">
         <v>37</v>
       </c>
-      <c r="D28" t="s">
-[...122 lines deleted...]
-      <c r="E31" t="s">
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>249</v>
+      </c>
+      <c r="N37" t="s">
         <v>39</v>
       </c>
-      <c r="F31" t="s">
-[...126 lines deleted...]
-      <c r="E34" t="s">
+      <c r="O37" t="s">
+        <v>250</v>
+      </c>
+      <c r="P37" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>252</v>
+      </c>
+      <c r="B38" t="s">
+        <v>253</v>
+      </c>
+      <c r="C38" t="s">
         <v>18</v>
       </c>
-      <c r="F34" t="s">
-[...158 lines deleted...]
-      </c>
       <c r="D38" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E38" t="s">
-        <v>181</v>
+        <v>45</v>
       </c>
       <c r="F38" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>254</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
       </c>
       <c r="H38">
         <v>2018</v>
       </c>
-      <c r="I38" t="s">
-        <v>86</v>
+      <c r="I38">
+        <v>2018</v>
       </c>
       <c r="J38" t="s">
-        <v>32</v>
+        <v>113</v>
       </c>
       <c r="K38" t="s">
-        <v>182</v>
+        <v>37</v>
       </c>
       <c r="L38" t="s">
-        <v>183</v>
+        <v>255</v>
       </c>
       <c r="M38" t="s">
-        <v>34</v>
+        <v>256</v>
       </c>
       <c r="N38" t="s">
-        <v>184</v>
+        <v>39</v>
+      </c>
+      <c r="O38" t="s">
+        <v>257</v>
+      </c>
+      <c r="P38" t="s">
+        <v>258</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>