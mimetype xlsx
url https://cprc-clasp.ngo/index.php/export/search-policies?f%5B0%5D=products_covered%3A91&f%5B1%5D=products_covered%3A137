--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,860 +12,1150 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="352">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
   </si>
   <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 30978-2014</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
+    <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1129,2459 +1419,2786 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N56"/>
+  <dimension ref="A1:P56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>50</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>55</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>50</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>37</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
+        <v>68</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>70</v>
+      </c>
+      <c r="L7" t="s">
+        <v>37</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...5 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G8" t="s">
+        <v>76</v>
+      </c>
+      <c r="H8">
+        <v>2023</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>78</v>
+      </c>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>80</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>85</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2013</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>86</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...22 lines deleted...]
-      <c r="G3">
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>50</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" t="s">
+        <v>34</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
+        <v>2010</v>
+      </c>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>93</v>
+      </c>
+      <c r="M10" t="s">
+        <v>94</v>
+      </c>
+      <c r="N10" t="s">
+        <v>50</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" t="s">
+        <v>46</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>99</v>
+      </c>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
+        <v>50</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>85</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
+        <v>46</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12">
         <v>2015</v>
       </c>
-      <c r="H3">
-[...11 lines deleted...]
-      <c r="L3" t="s">
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
+        <v>50</v>
+      </c>
+      <c r="O12" t="s">
+        <v>105</v>
+      </c>
+      <c r="P12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>109</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="F13" t="s">
+        <v>110</v>
+      </c>
+      <c r="G13" t="s">
         <v>34</v>
-      </c>
-[...407 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
-      <c r="I13" t="s">
+      <c r="I13">
+        <v>2012</v>
+      </c>
+      <c r="J13" t="s">
+        <v>111</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>112</v>
+      </c>
+      <c r="N13" t="s">
+        <v>50</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>117</v>
+      </c>
+      <c r="D14" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" t="s">
+        <v>45</v>
+      </c>
+      <c r="F14" t="s">
+        <v>110</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>118</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>119</v>
+      </c>
+      <c r="M14" t="s">
+        <v>120</v>
+      </c>
+      <c r="N14" t="s">
+        <v>50</v>
+      </c>
+      <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
+        <v>124</v>
+      </c>
+      <c r="C15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>45</v>
+      </c>
+      <c r="F15" t="s">
+        <v>46</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>47</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>126</v>
+      </c>
+      <c r="M15" t="s">
+        <v>127</v>
+      </c>
+      <c r="N15" t="s">
+        <v>50</v>
+      </c>
+      <c r="O15" t="s">
+        <v>128</v>
+      </c>
+      <c r="P15" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>130</v>
+      </c>
+      <c r="B16" t="s">
+        <v>131</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>45</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>35</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>37</v>
+      </c>
+      <c r="M16" t="s">
+        <v>38</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>132</v>
+      </c>
+      <c r="P16" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>134</v>
+      </c>
+      <c r="B17" t="s">
+        <v>135</v>
+      </c>
+      <c r="C17" t="s">
+        <v>136</v>
+      </c>
+      <c r="D17" t="s">
+        <v>44</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>137</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2025</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>138</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>139</v>
+      </c>
+      <c r="N17" t="s">
+        <v>50</v>
+      </c>
+      <c r="O17" t="s">
+        <v>140</v>
+      </c>
+      <c r="P17" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>142</v>
+      </c>
+      <c r="B18" t="s">
+        <v>143</v>
+      </c>
+      <c r="C18" t="s">
+        <v>32</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>69</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>37</v>
+      </c>
+      <c r="M18" t="s">
+        <v>38</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>145</v>
+      </c>
+      <c r="B19" t="s">
+        <v>146</v>
+      </c>
+      <c r="C19" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>147</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>47</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>148</v>
+      </c>
+      <c r="M19" t="s">
+        <v>149</v>
+      </c>
+      <c r="N19" t="s">
+        <v>50</v>
+      </c>
+      <c r="O19" t="s">
+        <v>150</v>
+      </c>
+      <c r="P19" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>152</v>
+      </c>
+      <c r="B20" t="s">
+        <v>153</v>
+      </c>
+      <c r="C20" t="s">
         <v>85</v>
       </c>
-      <c r="J13" t="s">
+      <c r="D20" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" t="s">
+        <v>45</v>
+      </c>
+      <c r="F20" t="s">
+        <v>46</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>86</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>88</v>
+      </c>
+      <c r="N20" t="s">
+        <v>50</v>
+      </c>
+      <c r="O20" t="s">
+        <v>154</v>
+      </c>
+      <c r="P20" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>156</v>
+      </c>
+      <c r="B21" t="s">
+        <v>157</v>
+      </c>
+      <c r="C21" t="s">
+        <v>85</v>
+      </c>
+      <c r="D21" t="s">
+        <v>44</v>
+      </c>
+      <c r="E21" t="s">
+        <v>45</v>
+      </c>
+      <c r="F21" t="s">
+        <v>46</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>86</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>88</v>
+      </c>
+      <c r="N21" t="s">
+        <v>50</v>
+      </c>
+      <c r="O21" t="s">
+        <v>158</v>
+      </c>
+      <c r="P21" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B22" t="s">
+        <v>161</v>
+      </c>
+      <c r="C22" t="s">
+        <v>162</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>45</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K13"/>
-[...3 lines deleted...]
-      <c r="M13" t="s">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2020</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>163</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22" t="s">
+        <v>37</v>
+      </c>
+      <c r="M22" t="s">
+        <v>164</v>
+      </c>
+      <c r="N22" t="s">
+        <v>80</v>
+      </c>
+      <c r="O22" t="s">
+        <v>165</v>
+      </c>
+      <c r="P22" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>167</v>
+      </c>
+      <c r="B23" t="s">
+        <v>168</v>
+      </c>
+      <c r="C23"/>
+      <c r="D23" t="s">
+        <v>169</v>
+      </c>
+      <c r="E23" t="s">
+        <v>45</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>170</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>69</v>
+      </c>
+      <c r="K23" t="s">
+        <v>36</v>
+      </c>
+      <c r="L23" t="s">
+        <v>37</v>
+      </c>
+      <c r="M23" t="s">
+        <v>171</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>172</v>
+      </c>
+      <c r="P23"/>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>173</v>
+      </c>
+      <c r="B24" t="s">
+        <v>161</v>
+      </c>
+      <c r="C24" t="s">
         <v>43</v>
       </c>
-      <c r="N13" t="s">
-[...10 lines deleted...]
-      <c r="C14" t="s">
+      <c r="D24" t="s">
+        <v>169</v>
+      </c>
+      <c r="E24" t="s">
+        <v>45</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>174</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24" t="s">
         <v>37</v>
       </c>
-      <c r="D14" t="s">
-[...17 lines deleted...]
-      <c r="J14" t="s">
+      <c r="M24" t="s">
+        <v>175</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>176</v>
+      </c>
+      <c r="P24" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>178</v>
+      </c>
+      <c r="B25" t="s">
+        <v>179</v>
+      </c>
+      <c r="C25" t="s">
+        <v>180</v>
+      </c>
+      <c r="D25" t="s">
+        <v>44</v>
+      </c>
+      <c r="E25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F25" t="s">
+        <v>137</v>
+      </c>
+      <c r="G25" t="s">
+        <v>34</v>
+      </c>
+      <c r="H25">
+        <v>2002</v>
+      </c>
+      <c r="I25">
+        <v>2008</v>
+      </c>
+      <c r="J25" t="s">
+        <v>181</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>182</v>
+      </c>
+      <c r="M25" t="s">
+        <v>183</v>
+      </c>
+      <c r="N25" t="s">
+        <v>184</v>
+      </c>
+      <c r="O25" t="s">
+        <v>185</v>
+      </c>
+      <c r="P25" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>187</v>
+      </c>
+      <c r="B26" t="s">
+        <v>188</v>
+      </c>
+      <c r="C26" t="s">
+        <v>189</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K14" t="s">
-[...19 lines deleted...]
-      <c r="C15" t="s">
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2021</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>47</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26" t="s">
+        <v>190</v>
+      </c>
+      <c r="M26" t="s">
+        <v>191</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>192</v>
+      </c>
+      <c r="P26" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>194</v>
+      </c>
+      <c r="B27" t="s">
+        <v>161</v>
+      </c>
+      <c r="C27" t="s">
+        <v>195</v>
+      </c>
+      <c r="D27" t="s">
+        <v>169</v>
+      </c>
+      <c r="E27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2022</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>196</v>
+      </c>
+      <c r="K27" t="s">
+        <v>36</v>
+      </c>
+      <c r="L27" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
-[...17 lines deleted...]
-      <c r="J15" t="s">
+      <c r="M27" t="s">
+        <v>197</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>198</v>
+      </c>
+      <c r="P27" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>200</v>
+      </c>
+      <c r="B28" t="s">
+        <v>17</v>
+      </c>
+      <c r="C28" t="s">
+        <v>201</v>
+      </c>
+      <c r="D28" t="s">
+        <v>19</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K15" t="s">
-[...16 lines deleted...]
-      <c r="B16" t="s">
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2022</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>202</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>25</v>
+      </c>
+      <c r="M28" t="s">
+        <v>203</v>
+      </c>
+      <c r="N28" t="s">
         <v>27</v>
       </c>
-      <c r="C16" t="s">
-[...8 lines deleted...]
-      <c r="F16" t="s">
+      <c r="O28" t="s">
+        <v>204</v>
+      </c>
+      <c r="P28" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>206</v>
+      </c>
+      <c r="B29" t="s">
+        <v>17</v>
+      </c>
+      <c r="C29" t="s">
+        <v>201</v>
+      </c>
+      <c r="D29" t="s">
         <v>19</v>
       </c>
-      <c r="G16">
-[...12 lines deleted...]
-      <c r="L16" t="s">
+      <c r="E29" t="s">
         <v>33</v>
       </c>
-      <c r="M16" t="s">
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2022</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>202</v>
+      </c>
+      <c r="K29" t="s">
         <v>24</v>
       </c>
-      <c r="N16" t="s">
-[...47 lines deleted...]
-      <c r="B18" t="s">
+      <c r="L29" t="s">
+        <v>207</v>
+      </c>
+      <c r="M29" t="s">
+        <v>203</v>
+      </c>
+      <c r="N29" t="s">
         <v>27</v>
       </c>
-      <c r="C18" t="s">
-[...24 lines deleted...]
-      <c r="L18" t="s">
+      <c r="O29" t="s">
+        <v>208</v>
+      </c>
+      <c r="P29" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>210</v>
+      </c>
+      <c r="B30" t="s">
+        <v>108</v>
+      </c>
+      <c r="C30" t="s">
+        <v>109</v>
+      </c>
+      <c r="D30" t="s">
+        <v>44</v>
+      </c>
+      <c r="E30" t="s">
         <v>33</v>
       </c>
-      <c r="M18" t="s">
-[...368 lines deleted...]
-      <c r="L27" t="s">
+      <c r="F30" t="s">
         <v>147</v>
       </c>
-      <c r="M27" t="s">
-[...110 lines deleted...]
-        <v>2012</v>
+      <c r="G30" t="s">
+        <v>34</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
-      <c r="I30" t="s">
+      <c r="I30">
+        <v>2012</v>
+      </c>
+      <c r="J30" t="s">
+        <v>111</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>112</v>
+      </c>
+      <c r="N30" t="s">
+        <v>50</v>
+      </c>
+      <c r="O30" t="s">
+        <v>211</v>
+      </c>
+      <c r="P30" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>212</v>
+      </c>
+      <c r="B31" t="s">
+        <v>213</v>
+      </c>
+      <c r="C31" t="s">
+        <v>214</v>
+      </c>
+      <c r="D31" t="s">
+        <v>19</v>
+      </c>
+      <c r="E31" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>34</v>
+      </c>
+      <c r="H31">
+        <v>2019</v>
+      </c>
+      <c r="I31">
+        <v>2022</v>
+      </c>
+      <c r="J31" t="s">
+        <v>69</v>
+      </c>
+      <c r="K31" t="s">
+        <v>36</v>
+      </c>
+      <c r="L31" t="s">
+        <v>37</v>
+      </c>
+      <c r="M31" t="s">
+        <v>215</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>216</v>
+      </c>
+      <c r="P31" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>218</v>
+      </c>
+      <c r="B32" t="s">
+        <v>219</v>
+      </c>
+      <c r="C32" t="s">
+        <v>117</v>
+      </c>
+      <c r="D32" t="s">
+        <v>44</v>
+      </c>
+      <c r="E32" t="s">
+        <v>45</v>
+      </c>
+      <c r="F32" t="s">
+        <v>220</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2021</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>69</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>221</v>
+      </c>
+      <c r="N32" t="s">
+        <v>50</v>
+      </c>
+      <c r="O32" t="s">
+        <v>222</v>
+      </c>
+      <c r="P32" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>224</v>
+      </c>
+      <c r="B33" t="s">
+        <v>161</v>
+      </c>
+      <c r="C33" t="s">
+        <v>225</v>
+      </c>
+      <c r="D33" t="s">
+        <v>19</v>
+      </c>
+      <c r="E33" t="s">
+        <v>45</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>76</v>
+      </c>
+      <c r="H33">
+        <v>2022</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>77</v>
+      </c>
+      <c r="K33" t="s">
+        <v>36</v>
+      </c>
+      <c r="L33" t="s">
+        <v>37</v>
+      </c>
+      <c r="M33" t="s">
+        <v>226</v>
+      </c>
+      <c r="N33" t="s">
+        <v>80</v>
+      </c>
+      <c r="O33" t="s">
+        <v>227</v>
+      </c>
+      <c r="P33" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>229</v>
+      </c>
+      <c r="B34" t="s">
+        <v>230</v>
+      </c>
+      <c r="C34" t="s">
+        <v>231</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>45</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>34</v>
+      </c>
+      <c r="H34">
+        <v>2018</v>
+      </c>
+      <c r="I34">
+        <v>2022</v>
+      </c>
+      <c r="J34" t="s">
+        <v>69</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34" t="s">
+        <v>37</v>
+      </c>
+      <c r="M34" t="s">
+        <v>232</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>233</v>
+      </c>
+      <c r="P34" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>235</v>
+      </c>
+      <c r="B35" t="s">
+        <v>236</v>
+      </c>
+      <c r="C35" t="s">
+        <v>231</v>
+      </c>
+      <c r="D35" t="s">
+        <v>19</v>
+      </c>
+      <c r="E35" t="s">
+        <v>45</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>34</v>
+      </c>
+      <c r="H35">
+        <v>2018</v>
+      </c>
+      <c r="I35">
+        <v>2022</v>
+      </c>
+      <c r="J35" t="s">
+        <v>69</v>
+      </c>
+      <c r="K35" t="s">
+        <v>70</v>
+      </c>
+      <c r="L35" t="s">
+        <v>37</v>
+      </c>
+      <c r="M35" t="s">
+        <v>232</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>237</v>
+      </c>
+      <c r="P35" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>238</v>
+      </c>
+      <c r="B36" t="s">
+        <v>161</v>
+      </c>
+      <c r="C36" t="s">
+        <v>239</v>
+      </c>
+      <c r="D36" t="s">
+        <v>19</v>
+      </c>
+      <c r="E36" t="s">
+        <v>45</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>76</v>
+      </c>
+      <c r="H36">
+        <v>2023</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>240</v>
+      </c>
+      <c r="K36" t="s">
+        <v>36</v>
+      </c>
+      <c r="L36" t="s">
+        <v>37</v>
+      </c>
+      <c r="M36" t="s">
+        <v>241</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>242</v>
+      </c>
+      <c r="P36" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>244</v>
+      </c>
+      <c r="B37" t="s">
+        <v>245</v>
+      </c>
+      <c r="C37" t="s">
+        <v>246</v>
+      </c>
+      <c r="D37" t="s">
+        <v>19</v>
+      </c>
+      <c r="E37" t="s">
+        <v>45</v>
+      </c>
+      <c r="F37" t="s">
+        <v>46</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2010</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>247</v>
+      </c>
+      <c r="K37" t="s">
+        <v>36</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>248</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>249</v>
+      </c>
+      <c r="P37" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>251</v>
+      </c>
+      <c r="B38" t="s">
+        <v>252</v>
+      </c>
+      <c r="C38" t="s">
+        <v>253</v>
+      </c>
+      <c r="D38" t="s">
+        <v>19</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2020</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>47</v>
+      </c>
+      <c r="K38" t="s">
+        <v>36</v>
+      </c>
+      <c r="L38" t="s">
+        <v>37</v>
+      </c>
+      <c r="M38" t="s">
+        <v>254</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>255</v>
+      </c>
+      <c r="P38" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>251</v>
+      </c>
+      <c r="B39" t="s">
+        <v>257</v>
+      </c>
+      <c r="C39" t="s">
+        <v>258</v>
+      </c>
+      <c r="D39" t="s">
+        <v>19</v>
+      </c>
+      <c r="E39" t="s">
+        <v>45</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2021</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>47</v>
+      </c>
+      <c r="K39" t="s">
+        <v>36</v>
+      </c>
+      <c r="L39" t="s">
+        <v>37</v>
+      </c>
+      <c r="M39" t="s">
+        <v>259</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>260</v>
+      </c>
+      <c r="P39"/>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>261</v>
+      </c>
+      <c r="B40" t="s">
+        <v>262</v>
+      </c>
+      <c r="C40" t="s">
+        <v>67</v>
+      </c>
+      <c r="D40" t="s">
+        <v>169</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>170</v>
+      </c>
+      <c r="H40"/>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>69</v>
+      </c>
+      <c r="K40" t="s">
+        <v>36</v>
+      </c>
+      <c r="L40" t="s">
+        <v>37</v>
+      </c>
+      <c r="M40" t="s">
+        <v>71</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>263</v>
+      </c>
+      <c r="P40"/>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>264</v>
+      </c>
+      <c r="B41" t="s">
+        <v>265</v>
+      </c>
+      <c r="C41" t="s">
         <v>85</v>
       </c>
-      <c r="J30" t="s">
+      <c r="D41" t="s">
+        <v>44</v>
+      </c>
+      <c r="E41" t="s">
+        <v>33</v>
+      </c>
+      <c r="F41" t="s">
+        <v>110</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2016</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>86</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>88</v>
+      </c>
+      <c r="N41" t="s">
+        <v>50</v>
+      </c>
+      <c r="O41" t="s">
+        <v>266</v>
+      </c>
+      <c r="P41" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>268</v>
+      </c>
+      <c r="B42" t="s">
+        <v>269</v>
+      </c>
+      <c r="C42" t="s">
+        <v>85</v>
+      </c>
+      <c r="D42" t="s">
+        <v>44</v>
+      </c>
+      <c r="E42" t="s">
+        <v>33</v>
+      </c>
+      <c r="F42" t="s">
+        <v>110</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2016</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>86</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>88</v>
+      </c>
+      <c r="N42" t="s">
+        <v>50</v>
+      </c>
+      <c r="O42" t="s">
+        <v>270</v>
+      </c>
+      <c r="P42" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>272</v>
+      </c>
+      <c r="B43" t="s">
+        <v>273</v>
+      </c>
+      <c r="C43" t="s">
+        <v>85</v>
+      </c>
+      <c r="D43" t="s">
+        <v>44</v>
+      </c>
+      <c r="E43" t="s">
+        <v>33</v>
+      </c>
+      <c r="F43" t="s">
+        <v>137</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2018</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>86</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>88</v>
+      </c>
+      <c r="N43" t="s">
+        <v>50</v>
+      </c>
+      <c r="O43" t="s">
+        <v>274</v>
+      </c>
+      <c r="P43" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>276</v>
+      </c>
+      <c r="B44" t="s">
+        <v>277</v>
+      </c>
+      <c r="C44" t="s">
+        <v>85</v>
+      </c>
+      <c r="D44" t="s">
+        <v>44</v>
+      </c>
+      <c r="E44" t="s">
+        <v>45</v>
+      </c>
+      <c r="F44" t="s">
+        <v>137</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2018</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>86</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>88</v>
+      </c>
+      <c r="N44" t="s">
+        <v>50</v>
+      </c>
+      <c r="O44" t="s">
+        <v>278</v>
+      </c>
+      <c r="P44" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>280</v>
+      </c>
+      <c r="B45" t="s">
+        <v>281</v>
+      </c>
+      <c r="C45" t="s">
+        <v>282</v>
+      </c>
+      <c r="D45" t="s">
+        <v>44</v>
+      </c>
+      <c r="E45" t="s">
+        <v>45</v>
+      </c>
+      <c r="F45" t="s">
+        <v>46</v>
+      </c>
+      <c r="G45" t="s">
+        <v>34</v>
+      </c>
+      <c r="H45">
+        <v>2007</v>
+      </c>
+      <c r="I45">
+        <v>2012</v>
+      </c>
+      <c r="J45" t="s">
+        <v>247</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>283</v>
+      </c>
+      <c r="M45" t="s">
+        <v>284</v>
+      </c>
+      <c r="N45" t="s">
+        <v>50</v>
+      </c>
+      <c r="O45" t="s">
+        <v>285</v>
+      </c>
+      <c r="P45" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>287</v>
+      </c>
+      <c r="B46" t="s">
+        <v>288</v>
+      </c>
+      <c r="C46" t="s">
+        <v>289</v>
+      </c>
+      <c r="D46" t="s">
+        <v>19</v>
+      </c>
+      <c r="E46" t="s">
+        <v>33</v>
+      </c>
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="K30"/>
-[...29 lines deleted...]
-      <c r="G31">
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2021</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>69</v>
+      </c>
+      <c r="K46" t="s">
+        <v>36</v>
+      </c>
+      <c r="L46" t="s">
+        <v>37</v>
+      </c>
+      <c r="M46" t="s">
+        <v>290</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>291</v>
+      </c>
+      <c r="P46" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>293</v>
+      </c>
+      <c r="B47" t="s">
+        <v>294</v>
+      </c>
+      <c r="C47" t="s">
+        <v>295</v>
+      </c>
+      <c r="D47" t="s">
+        <v>296</v>
+      </c>
+      <c r="E47" t="s">
+        <v>45</v>
+      </c>
+      <c r="F47" t="s">
+        <v>46</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2017</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>35</v>
+      </c>
+      <c r="K47" t="s">
+        <v>36</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>297</v>
+      </c>
+      <c r="N47" t="s">
+        <v>50</v>
+      </c>
+      <c r="O47" t="s">
+        <v>298</v>
+      </c>
+      <c r="P47" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>300</v>
+      </c>
+      <c r="B48" t="s">
+        <v>301</v>
+      </c>
+      <c r="C48" t="s">
+        <v>302</v>
+      </c>
+      <c r="D48" t="s">
+        <v>303</v>
+      </c>
+      <c r="E48" t="s">
+        <v>33</v>
+      </c>
+      <c r="F48" t="s">
+        <v>147</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
         <v>2019</v>
       </c>
-      <c r="H31">
-[...5 lines deleted...]
-      <c r="J31" t="s">
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>304</v>
+      </c>
+      <c r="K48" t="s">
+        <v>36</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>305</v>
+      </c>
+      <c r="N48" t="s">
+        <v>306</v>
+      </c>
+      <c r="O48" t="s">
+        <v>307</v>
+      </c>
+      <c r="P48" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>309</v>
+      </c>
+      <c r="B49" t="s">
+        <v>310</v>
+      </c>
+      <c r="C49" t="s">
+        <v>117</v>
+      </c>
+      <c r="D49" t="s">
+        <v>44</v>
+      </c>
+      <c r="E49" t="s">
+        <v>45</v>
+      </c>
+      <c r="F49" t="s">
+        <v>46</v>
+      </c>
+      <c r="G49" t="s">
+        <v>34</v>
+      </c>
+      <c r="H49">
+        <v>2015</v>
+      </c>
+      <c r="I49">
+        <v>2021</v>
+      </c>
+      <c r="J49" t="s">
+        <v>69</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>311</v>
+      </c>
+      <c r="M49" t="s">
+        <v>312</v>
+      </c>
+      <c r="N49" t="s">
+        <v>50</v>
+      </c>
+      <c r="O49" t="s">
+        <v>313</v>
+      </c>
+      <c r="P49" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>315</v>
+      </c>
+      <c r="B50" t="s">
+        <v>316</v>
+      </c>
+      <c r="C50" t="s">
+        <v>317</v>
+      </c>
+      <c r="D50" t="s">
+        <v>44</v>
+      </c>
+      <c r="E50" t="s">
+        <v>45</v>
+      </c>
+      <c r="F50" t="s">
+        <v>46</v>
+      </c>
+      <c r="G50" t="s">
+        <v>34</v>
+      </c>
+      <c r="H50">
+        <v>2013</v>
+      </c>
+      <c r="I50">
+        <v>2020</v>
+      </c>
+      <c r="J50" t="s">
+        <v>318</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>319</v>
+      </c>
+      <c r="N50" t="s">
+        <v>50</v>
+      </c>
+      <c r="O50" t="s">
+        <v>320</v>
+      </c>
+      <c r="P50" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>322</v>
+      </c>
+      <c r="B51" t="s">
+        <v>323</v>
+      </c>
+      <c r="C51" t="s">
+        <v>117</v>
+      </c>
+      <c r="D51" t="s">
+        <v>324</v>
+      </c>
+      <c r="E51" t="s">
+        <v>45</v>
+      </c>
+      <c r="F51" t="s">
+        <v>147</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2016</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>325</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>326</v>
+      </c>
+      <c r="N51" t="s">
+        <v>50</v>
+      </c>
+      <c r="O51" t="s">
+        <v>327</v>
+      </c>
+      <c r="P51" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>329</v>
+      </c>
+      <c r="B52" t="s">
+        <v>17</v>
+      </c>
+      <c r="C52" t="s">
+        <v>330</v>
+      </c>
+      <c r="D52" t="s">
+        <v>19</v>
+      </c>
+      <c r="E52" t="s">
+        <v>33</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2017</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>23</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>25</v>
+      </c>
+      <c r="M52" t="s">
+        <v>331</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>332</v>
+      </c>
+      <c r="P52" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>334</v>
+      </c>
+      <c r="B53" t="s">
+        <v>335</v>
+      </c>
+      <c r="C53" t="s">
+        <v>330</v>
+      </c>
+      <c r="D53" t="s">
+        <v>19</v>
+      </c>
+      <c r="E53" t="s">
+        <v>33</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2020</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>23</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>25</v>
+      </c>
+      <c r="M53" t="s">
+        <v>331</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>336</v>
+      </c>
+      <c r="P53"/>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>337</v>
+      </c>
+      <c r="B54" t="s">
         <v>31</v>
       </c>
-      <c r="K31" t="s">
-[...19 lines deleted...]
-      <c r="C32" t="s">
+      <c r="C54" t="s">
+        <v>338</v>
+      </c>
+      <c r="D54" t="s">
+        <v>19</v>
+      </c>
+      <c r="E54" t="s">
+        <v>33</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>34</v>
+      </c>
+      <c r="H54">
+        <v>2016</v>
+      </c>
+      <c r="I54">
+        <v>2017</v>
+      </c>
+      <c r="J54" t="s">
+        <v>35</v>
+      </c>
+      <c r="K54" t="s">
+        <v>36</v>
+      </c>
+      <c r="L54" t="s">
         <v>37</v>
       </c>
-      <c r="D32" t="s">
-[...5 lines deleted...]
-      <c r="F32" t="s">
+      <c r="M54" t="s">
+        <v>339</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>340</v>
+      </c>
+      <c r="P54" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>342</v>
+      </c>
+      <c r="B55" t="s">
+        <v>59</v>
+      </c>
+      <c r="C55" t="s">
+        <v>343</v>
+      </c>
+      <c r="D55" t="s">
         <v>19</v>
       </c>
-      <c r="G32">
+      <c r="E55" t="s">
+        <v>33</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
         <v>2021</v>
       </c>
-      <c r="H32"/>
-[...3 lines deleted...]
-      <c r="J32" t="s">
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>47</v>
+      </c>
+      <c r="K55" t="s">
+        <v>36</v>
+      </c>
+      <c r="L55" t="s">
+        <v>37</v>
+      </c>
+      <c r="M55" t="s">
+        <v>344</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>345</v>
+      </c>
+      <c r="P55" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>347</v>
+      </c>
+      <c r="B56" t="s">
+        <v>348</v>
+      </c>
+      <c r="C56" t="s">
+        <v>349</v>
+      </c>
+      <c r="D56" t="s">
+        <v>19</v>
+      </c>
+      <c r="E56" t="s">
+        <v>45</v>
+      </c>
+      <c r="F56" t="s">
         <v>21</v>
       </c>
-      <c r="K32"/>
-[...283 lines deleted...]
-      <c r="G39">
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
         <v>2021</v>
       </c>
-      <c r="H39"/>
-[...66 lines deleted...]
-      <c r="C41" t="s">
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>47</v>
+      </c>
+      <c r="K56" t="s">
+        <v>36</v>
+      </c>
+      <c r="L56" t="s">
         <v>37</v>
       </c>
-      <c r="D41" t="s">
-[...645 lines deleted...]
-      </c>
       <c r="M56" t="s">
-        <v>24</v>
+        <v>350</v>
       </c>
       <c r="N56" t="s">
-        <v>256</v>
-      </c>
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>351</v>
+      </c>
+      <c r="P56"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>