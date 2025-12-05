--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,467 +12,618 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-448174-2015. CQC Mark Certification - Water Dispenser</t>
   </si>
   <si>
+    <t>Applies to water dispensers, with rated voltage of not more than 250V.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GB 30978-2014</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-448174-2015-cqc-mark-certification-water-dispenser</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492751.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
+  </si>
+  <si>
     <t>CQC32-439154-2016 Water Conservation Certification Rules for Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>Applies to Household and Similar Use Reverse Osmosis Drinking Water Treatment Purifiers which use centralzized water supply such as as municipal tap water as water source; and use reverse osmosis membrane as the main purification unit.</t>
+  </si>
+  <si>
     <t>GB34914-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc32-439154-2016-water-conservation-certification-rules-household-and-similar-use-reverse</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2018-07-04/529526.shtml</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Chilled-Warm-Hot Drinking water Dispensers; En-Tech 10405000331</t>
   </si>
   <si>
+    <t>Chilled, warm, hot drinking water dispensers. Products shall meet the requirements of Article 13516; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS-13516</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-chilled-warm-hot-drinking-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=13%20</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>Water Dispensers: warm; hot. The applicable products shall be warm-hot water dispensers which meet the requirements of CNS-13516-C4469.</t>
+  </si>
+  <si>
     <t>Section 10.3.1 of CNS-13516; Sections 4.10 and 8.4 of CNS-13516</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=12</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Warm-Hot Water Fountains Machines</t>
   </si>
   <si>
+    <t>Warm-hot water fountains machines which meet the requirements of CNS-3910-C4129.</t>
+  </si>
+  <si>
     <t>CNS 14125</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-warm-hot-water-fountains-machines</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=26</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Chilled-Warm-Hot Drinking Water Supplier; En-Tech 10405003141</t>
   </si>
   <si>
+    <t>Chilled; warm; hot drinking water fountains. The applicable Products shall meet the requirements of Article 3910; Chinese National Standards -CNS; or be recognized by Bureau of Energy, MOEA.</t>
+  </si>
+  <si>
     <t>CNS-3910</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-chilled-warm-hot</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=14%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Dispenser</t>
   </si>
   <si>
+    <t>This program covers hot and cold water dispensers with water tanks and drinking water coolers with water tanks.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2746-2559</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-water-dispenser</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wv.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Water Coolers Version 2.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a water cooler, a freestanding device that consumes energy to cool and/or heat potable water, are eligible for ENERGY STAR qualification. This includes cold only units, hot and cold units, and cook and cold units. Units that provide pressurized water and are not free standing (i.e., wall mounted, under sink, or otherwise building integrated) are not eligible for ENERGY STAR. AirSource units and units with a water source other than bottled or tap water (POU) are not eligible.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Water Coolers (Rev. May-2013)</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-water-coolers-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/water_coolers/partners</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
+    <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenmark N87 - Water dispensers</t>
   </si>
   <si>
+    <t>This standard is applicable to water dispensers which meet the definition of CNS 13516. Product types:    1. Chilled-warm-hot water dispensers: products which dispense chilled; warm; and hot water.     2. Warm-hot water fountains: products which only dispense warm and hot water</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n87-water-dispensers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/87/190fe105-4e4d-4c84-a549-3422f4412469.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N91 - Water fountains</t>
   </si>
   <si>
+    <t>This standard is applicable to water fountains which meet the definition of CNS 3910. Product types:    1. Chilled-warm-hot water fountains: products which dispense chilled; warm; and hot water.    2. Warm-hot water fountains: products which only dispense warm and hot water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n91-water-fountains</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/91/9538f24f-74ad-4582-94a3-0dc387ee1cf5.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Cold Water Dispenser and Hot-Cold Water Dispenser, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a drinking water dispenser that lowers the temperature of the water, with the size of the cold water tank inside the machine, not more than 6 liters and using a single-phase current with a voltage not exceeding 250 volts or using a 3-phase electric current with a voltage of not more than 480 volts and having Power frequency 50 hertz. It includes hot and cold water dispenser that raises the temperature of drinking water in the hot water section and lowers the temperature of drinking water in the cold water section, with the size of the hot water tank inside the machine, not more than 5 liters and the size of the cold water tank inside the machine not more than 6 liters and using single-phase electricity, voltage not more than 250 volts, or using type 3 electricity phase, voltage not more than 480 volts and electric frequency 50 hertz.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-high-efficiency-cold-water-dispenser-and-hot-cold</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2564/A/028/T_0016.PDF</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Warm-hot --WH--water dispenser</t>
   </si>
   <si>
+    <t>The WH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=45</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4137 - Water Dispensers</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for water dispensers: units for cooling only, or cooling and heating, can be equipped with a refrigerated compartment, for commercial use with water gallon demijohns between 15.14 and 18.90 liters (4-5 gallons), operating voltage of 120V or 127V at a nominal frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NOM-015-ENER / NOM-003-SCFI / NMX-J-521/1-ANCE</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4137-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4137_01.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Dispenser TGL-97-R1-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to hot and cold water dispensers and compressed cold water dispensers (compression type) with a cold water tank capacity of no more than 6 liters, a hot water tank capacity of no more than 5 liters, and voltage that does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>TIS 2461</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-water-dispenser-tgl-97-r1-20</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-97-R1-20.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>TIS 2746-2559 (2016) Hot and Cool water dispenser and Cool water dispenser: Energy efficiency</t>
   </si>
   <si>
+    <t>This standard defines the energy efficiency requirements for hot and cool water dispensers and compression type cool water dispensers with a cold water tank capacity of no more than 6 L, a hot water tank capacity of no more than 5 L, and a rated voltage of no more than 250 V.</t>
+  </si>
+  <si>
     <t>Refrigeration, Water Coolers</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2746-2559-2016-hot-and-cool-water-dispenser-and-cool-water-dispenser-energy-efficiency</t>
+  </si>
+  <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2559/E/291/6.PDF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -736,1201 +887,1360 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N26"/>
+  <dimension ref="A1:P26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="183" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1038.032" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>48</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...28 lines deleted...]
-      <c r="F3" t="s">
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6">
+        <v>2010</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...6 lines deleted...]
-      <c r="J3" t="s">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...28 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>54</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...3 lines deleted...]
-      <c r="I4" t="s">
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...31 lines deleted...]
-      <c r="G5">
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8">
         <v>2013</v>
       </c>
-      <c r="H5">
+      <c r="I8">
         <v>2015</v>
       </c>
-      <c r="I5" t="s">
-[...63 lines deleted...]
-      <c r="A7" t="s">
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>48</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>70</v>
+      </c>
+      <c r="F9" t="s">
+        <v>71</v>
+      </c>
+      <c r="G9" t="s">
         <v>45</v>
-      </c>
-[...104 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H9">
         <v>2012</v>
       </c>
-      <c r="I9" t="s">
-        <v>55</v>
+      <c r="I9">
+        <v>2012</v>
       </c>
       <c r="J9" t="s">
+        <v>72</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>73</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>71</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>79</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>81</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>82</v>
+      </c>
+      <c r="P10" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...38 lines deleted...]
-      <c r="J10" t="s">
+      <c r="G11" t="s">
+        <v>45</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>87</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
+      <c r="F12" t="s">
+        <v>94</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2025</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>95</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>70</v>
+      </c>
+      <c r="F13" t="s">
+        <v>101</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>102</v>
+      </c>
+      <c r="M13" t="s">
+        <v>103</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>104</v>
+      </c>
+      <c r="P13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>106</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K10" t="s">
-[...37 lines deleted...]
-      <c r="I11" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>46</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>48</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>108</v>
+      </c>
+      <c r="P14" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>44</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
         <v>20</v>
       </c>
-      <c r="J11" t="s">
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
-[...8 lines deleted...]
-      <c r="N11" t="s">
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>46</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>48</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>116</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>70</v>
+      </c>
+      <c r="F16" t="s">
+        <v>94</v>
+      </c>
+      <c r="G16" t="s">
+        <v>45</v>
+      </c>
+      <c r="H16">
+        <v>2002</v>
+      </c>
+      <c r="I16">
+        <v>2008</v>
+      </c>
+      <c r="J16" t="s">
+        <v>117</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>118</v>
+      </c>
+      <c r="M16" t="s">
+        <v>119</v>
+      </c>
+      <c r="N16" t="s">
+        <v>120</v>
+      </c>
+      <c r="O16" t="s">
+        <v>121</v>
+      </c>
+      <c r="P16" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>123</v>
+      </c>
+      <c r="B17" t="s">
         <v>68</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" t="s">
+      <c r="C17" t="s">
         <v>69</v>
       </c>
-      <c r="B12" t="s">
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
         <v>70</v>
       </c>
-      <c r="C12" t="s">
-[...213 lines deleted...]
-      </c>
       <c r="F17" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>101</v>
+      </c>
+      <c r="G17" t="s">
+        <v>45</v>
       </c>
       <c r="H17">
         <v>2012</v>
       </c>
-      <c r="I17" t="s">
-        <v>55</v>
+      <c r="I17">
+        <v>2012</v>
       </c>
       <c r="J17" t="s">
+        <v>72</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>73</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>124</v>
+      </c>
+      <c r="P17" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>127</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>128</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>129</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>130</v>
+      </c>
+      <c r="P18" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>132</v>
+      </c>
+      <c r="B19" t="s">
+        <v>133</v>
+      </c>
+      <c r="C19" t="s">
+        <v>44</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>70</v>
+      </c>
+      <c r="F19" t="s">
+        <v>71</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>46</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>48</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>134</v>
+      </c>
+      <c r="P19" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>136</v>
+      </c>
+      <c r="B20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C20" t="s">
+        <v>44</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>70</v>
+      </c>
+      <c r="F20" t="s">
+        <v>71</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>46</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>48</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>138</v>
+      </c>
+      <c r="P20" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>140</v>
+      </c>
+      <c r="B21" t="s">
+        <v>141</v>
+      </c>
+      <c r="C21" t="s">
+        <v>44</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>70</v>
+      </c>
+      <c r="F21" t="s">
+        <v>94</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2018</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>46</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>48</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>142</v>
+      </c>
+      <c r="P21" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>144</v>
+      </c>
+      <c r="B22" t="s">
+        <v>145</v>
+      </c>
+      <c r="C22" t="s">
+        <v>44</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>94</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2018</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>46</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>48</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>146</v>
+      </c>
+      <c r="P22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>148</v>
+      </c>
+      <c r="B23" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" t="s">
+        <v>150</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
         <v>21</v>
       </c>
-      <c r="K17"/>
-[...26 lines deleted...]
-      <c r="F18" t="s">
+      <c r="G23" t="s">
+        <v>45</v>
+      </c>
+      <c r="H23">
+        <v>2007</v>
+      </c>
+      <c r="I23">
+        <v>2012</v>
+      </c>
+      <c r="J23" t="s">
+        <v>151</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>152</v>
+      </c>
+      <c r="M23" t="s">
+        <v>153</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>154</v>
+      </c>
+      <c r="P23" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>156</v>
+      </c>
+      <c r="B24" t="s">
+        <v>157</v>
+      </c>
+      <c r="C24" t="s">
+        <v>78</v>
+      </c>
+      <c r="D24" t="s">
         <v>19</v>
       </c>
-      <c r="G18">
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>45</v>
+      </c>
+      <c r="H24">
+        <v>2015</v>
+      </c>
+      <c r="I24">
         <v>2021</v>
       </c>
-      <c r="H18"/>
-[...3 lines deleted...]
-      <c r="J18" t="s">
+      <c r="J24" t="s">
+        <v>128</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>158</v>
+      </c>
+      <c r="M24" t="s">
+        <v>159</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>160</v>
+      </c>
+      <c r="P24" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>162</v>
+      </c>
+      <c r="B25" t="s">
+        <v>163</v>
+      </c>
+      <c r="C25" t="s">
+        <v>164</v>
+      </c>
+      <c r="D25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
         <v>21</v>
       </c>
-      <c r="K18"/>
-[...29 lines deleted...]
-      <c r="G19">
+      <c r="G25" t="s">
+        <v>45</v>
+      </c>
+      <c r="H25">
+        <v>2013</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>165</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>166</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>167</v>
+      </c>
+      <c r="P25" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>169</v>
+      </c>
+      <c r="B26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C26" t="s">
+        <v>78</v>
+      </c>
+      <c r="D26" t="s">
+        <v>171</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>101</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2016</v>
       </c>
-      <c r="H19"/>
-[...292 lines deleted...]
-      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>172</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>24</v>
+        <v>173</v>
       </c>
       <c r="N26" t="s">
-        <v>125</v>
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>174</v>
+      </c>
+      <c r="P26" t="s">
+        <v>175</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>