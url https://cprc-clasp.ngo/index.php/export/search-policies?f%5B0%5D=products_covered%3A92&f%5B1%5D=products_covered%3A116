--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,1261 +12,1762 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="382">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="543">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CEL 021-2021 Ventilators</t>
+  </si>
+  <si>
+    <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
                     GB/T 1236
 ,   
                     GB/T 10178</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and National Dev…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-021-2021-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabel.com.cn/cpbazlxz/display.htm?contentId=1c9b5fb96da84efca25632a94eb5e85f</t>
+  </si>
+  <si>
     <t>CEL- Household Air Conditioning Electric Ventilating Fans</t>
   </si>
   <si>
+    <t>This policy covers household and similar purposes A.C. electric ventilating fans.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 2828.1; GB/T 2829; GB/T 14806</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-household-air-conditioning-electric-ventilating-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2019/09/%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%</t>
+  </si>
+  <si>
     <t>CEL-017. Alternative Current Electric Fans</t>
   </si>
   <si>
+    <t>Applies to AC fans with single phase rated voltage no more than 250V other rated voltage no more than 480V and driven by AC motor including desk fan; rotary fan; wall fan; slide fan; floor fan and ceiling fan.</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-017-alternative-current-electric-fans</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B619_%E4%BA%A4%E6%B5%81%E7%94%B5%E9%A3%8E%E6%89%87%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-022. Ventilators</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does not apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>GB 19761-2009 GB/T 1236 GB/T 10178 JB/T 2977 JB/T 4357 JB/T 4358 JB/T 4362 JB/T 10562 JB/T 10563</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-022-ventilators</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/xzzq/display.htm?contentId=96b107ffcb3f41dabc9e99d133001670</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>CQC31-439311-2009. CQC Mark Certification - Fans</t>
   </si>
   <si>
+    <t>Applies to for the following types of fan: centrifugal and axial-flow type for general use; centrifugal ID-fan for industrial steam boiler; centrifugal IF-fan and ID-fan for boiler of power station; axial type fan used at power station; centrifugal fan for AC. Does NOT apply to specialized-structured and used fans like jet type fan; cross-flow fan; and roof fan.</t>
+  </si>
+  <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Axial flow Fans; No. En-Tech 10205010211</t>
   </si>
   <si>
+    <t>Axial flow Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy. The required specifications are:   -Fan Diameter: between 0.125m and 2m;   -Rated Power: between 125W and 75kW;   -Static Pressure: under 500 mmAq;  -Air Flow Rate: under 3000 CMM</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Duct Fans</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>ISO 5801 or AMCA 210</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-axial-flow-fans-no-en-tech-10205010211</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=43</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Centrifugal Fans; No. En-Tech 10205010191</t>
   </si>
   <si>
+    <t>Centrifugal Fans shall meet the following specifications and the requirements of CNS 6592; CNS 6593; or recognized by the Bureau of Energy MOEA. The required specifications are:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-centrifugal-fans-no-en-tech-10205010191</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=49</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Electric Fans</t>
   </si>
   <si>
+    <t>Electric fans - ceiling; desk-top; floor-standing, box. The product shall meet the definitions of CNS 2450; CNS 2061; CNS 597; CNS 547; and CNS 9578 regarding electric fans; or recognized by the Bureau of Energy of MOEA as electric fans.</t>
+  </si>
+  <si>
     <t>CNS 2450, CNS 2061, CNS 597, CNS 547, and CNS 9578</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-electric-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=8</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Bathroom use; No. En-Tech 10004045290</t>
   </si>
   <si>
+    <t>The product shall meet the requirements of CNS 10597 Ventilation fans for bathroom use; and with the blade diameter of less than 20 cm; or recognized by the Bureau of Energy of MOEA as ventilating fans for bathroom use.</t>
+  </si>
+  <si>
     <t>ISO 5801 and AMCA 210</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=41</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Ventilating Fans for Window type</t>
   </si>
   <si>
+    <t>Bathroom and wall ventilation fans shall meet the requirements of CNS 2060 Ventilation fans; and are installed on wall; windows or surrounding space; in order to draw in or discharge air; and with the blade diameter of greater than 20 cm but less than 46 cm; or recognized by the Bureau of Energy of MOEA as wall ventilation fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-ventilating-fans-0</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=42</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Ceiling Fans</t>
   </si>
   <si>
+    <t>This policy defines star labeling requirements and minimum energy performance requirements for electric ceiling type fans operated by induction motors and Brushless Electric Motors of all the standard sweep sizes covered under the scope of IS 374: 2019 ( 900 mm, 1050 mm, 1200 mm, 1400 mm, 1500 mm) as amended from time to time that work on single phase alternating current supply up to and including 250V, 50Hz, being manufactured, commercially purchased, imported or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 374:2019</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-policy-ceiling-fans</t>
   </si>
   <si>
+    <t>https://beeindia.gov.in/sites/default/files/CFN_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ceiling Fans and Ceiling Fan Light Kits Version 4.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Ceiling Fan, Low Mount High-Speed Small-Diameter Ceiling Fan, or Ceiling Fan Light Kit as specified in the policy document are eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>See policy document for list</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ceiling-fans-and-ceiling-fan-light-kits</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/lighting_fans/ceiling_fans/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Heat-Recovery Ventilators and Energy-Recovery Ventilators (H/ERVs) sold in Canada Version 2.2</t>
   </si>
   <si>
+    <t>A product model must meet the definition of a residential H/ERV as defined in Section 1A or 1B as specified in the policy document, comply with the testing and minimum performance requirements provided in this specification and have a capacity of no greater than 500 CFM (236 L/s) to be eligible for ENERGY STAR certification under this specification. H/ERVs with electric resistance heaters are not eligible for ENERGY STAR certification.</t>
+  </si>
+  <si>
     <t>CAN/CSA C439–18</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-technical-specification-residential-heat-recovery-ventilators-and-energy</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/heatenergy-recovery-ventilators-hrvs-and-ervs/13695</t>
+  </si>
+  <si>
     <t>Fans - Taiwan</t>
   </si>
   <si>
+    <t>MEPS Requirements: The testing standards are referenced to CNS 2450; CNS 2061; CNS 597 and CNS 547 or approved methods and conditions by Energy Commission</t>
+  </si>
+  <si>
     <t>CNS 2061 CNS 2450 CNS 547 CNS 597</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fans-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
-    <t>September 2025</t>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=A70340E7DF568CC8E05397BE0A0A829B</t>
+  </si>
+  <si>
     <t>GB 28381-2012 Minimum allowable values of energy efficiency and evaluating values of energy conservation for centrifugal blower</t>
   </si>
   <si>
+    <t>This policy covers centrifugal blowers.</t>
+  </si>
+  <si>
     <t>JB/T 2977; JB/T 3165; JB/T 7258</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28381-2012-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E151D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32049-2015 Minimum allowable values of energy efficiency and energy efficiency grades for household and similar purposes A.C. electric ventilating fans</t>
   </si>
   <si>
+    <t>This policy applies to AC motor-driven ventilating fans whose single-phase rated voltage is smaller than 250V rated input is smaller than 500V and impeller diameter is no larger than 500mm.</t>
+  </si>
+  <si>
     <t>GB-T1236 GB-T2828.1 GB-T2829 GB-T14806</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-32049-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80B41D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for domestic fan that are used in household that is connected to main power supply including—
+(a) the ceiling fan with size from 48 inch up to16 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS 1220:2010
 ,   
                     IEC 60879:1986</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
   </si>
   <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
+    <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
+  </si>
+  <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n81-fans</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Centrifugal and Turbo Blowers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>LI 2444 Energy Commission Energy Efficiency Standards and Labelling Industrial Fans Regulations</t>
   </si>
   <si>
+    <t>Minimum energy performance regulations and labelling guidelines for industrial fans with an electrical input power between 0.125 - 500 kW or integrated in other energy-related products manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2444-energy-commission-energy-efficiency-standards-and-labelling-industrial-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
+    <t>September 2025</t>
+  </si>
+  <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>MME/MCTI/MDIC Ordinance No. 2 of 29 June 2017</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for household ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC 335-1 / 1998; IEC 60335-2-80 / 1997; NBR 14532/2003</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctimdic-ordinance-no-2-29-june-2017</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2017-portaria-interministerial-mme-mctic-mdic-n_2-2017-ventiladores-de-teto.pdf</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>SLS 1600 Energy efficiency rating for electric ceiling fans with regulators</t>
   </si>
   <si>
+    <t>Ceiling fans</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>SLS 1600:2009</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1600-energy-efficiency-rating-electric-ceiling-fans-regulators</t>
   </si>
   <si>
+    <t>http://www.energy.gov.lk/en/energy-management/introducing-standards</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-fans</t>
+  </si>
+  <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1530,3675 +2031,4184 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N85"/>
+  <dimension ref="A1:P85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="296" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1078.165" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1998</v>
+      </c>
+      <c r="I5">
+        <v>2012</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>35</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7">
+        <v>2021</v>
+      </c>
+      <c r="J7" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>72</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8" t="s">
+        <v>79</v>
+      </c>
+      <c r="M8" t="s">
+        <v>80</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>69</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...49 lines deleted...]
-      <c r="N3" t="s">
+      <c r="H9">
+        <v>2009</v>
+      </c>
+      <c r="I9">
+        <v>2010</v>
+      </c>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
+        <v>80</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>90</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>34</v>
       </c>
-    </row>
-[...274 lines deleted...]
-        <v>2010</v>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2010</v>
       </c>
-      <c r="I10" t="s">
-        <v>63</v>
+      <c r="I10">
+        <v>2010</v>
       </c>
       <c r="J10" t="s">
-        <v>40</v>
+        <v>78</v>
       </c>
       <c r="K10" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="L10" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="M10" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="N10" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>92</v>
+      </c>
+      <c r="O10" t="s">
+        <v>93</v>
+      </c>
+      <c r="P10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>75</v>
+        <v>95</v>
       </c>
       <c r="B11" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="C11" t="s">
+        <v>97</v>
+      </c>
+      <c r="D11" t="s">
+        <v>98</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>45</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>47</v>
+      </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11"/>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>104</v>
+      </c>
+      <c r="D12" t="s">
+        <v>98</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>45</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>105</v>
+      </c>
+      <c r="K12" t="s">
+        <v>47</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>106</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>109</v>
+      </c>
+      <c r="B13" t="s">
+        <v>110</v>
+      </c>
+      <c r="C13" t="s">
+        <v>97</v>
+      </c>
+      <c r="D13" t="s">
         <v>77</v>
       </c>
-      <c r="D11" t="s">
-[...8 lines deleted...]
-      <c r="G11">
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>45</v>
+      </c>
+      <c r="H13">
+        <v>2014</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>99</v>
+      </c>
+      <c r="K13" t="s">
+        <v>47</v>
+      </c>
+      <c r="L13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>104</v>
+      </c>
+      <c r="D14" t="s">
+        <v>77</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>45</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>105</v>
+      </c>
+      <c r="K14" t="s">
+        <v>47</v>
+      </c>
+      <c r="L14" t="s">
+        <v>111</v>
+      </c>
+      <c r="M14" t="s">
+        <v>106</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>104</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>45</v>
+      </c>
+      <c r="H15">
         <v>2019</v>
       </c>
-      <c r="H11"/>
-[...166 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="K15" t="s">
+        <v>47</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>24</v>
+        <v>106</v>
       </c>
       <c r="N15" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>91</v>
+        <v>121</v>
       </c>
       <c r="B16" t="s">
-        <v>92</v>
+        <v>122</v>
       </c>
       <c r="C16" t="s">
-        <v>93</v>
+        <v>123</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>2024</v>
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2024</v>
       </c>
-      <c r="I16" t="s">
-        <v>95</v>
+      <c r="I16">
+        <v>2024</v>
       </c>
       <c r="J16" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="K16" t="s">
+        <v>47</v>
+      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>73</v>
+        <v>106</v>
       </c>
       <c r="N16" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>92</v>
+      </c>
+      <c r="O16" t="s">
+        <v>126</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
         <v>97</v>
       </c>
-      <c r="B17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="E17" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G17">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>45</v>
+      </c>
+      <c r="H17">
         <v>2014</v>
       </c>
-      <c r="H17"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>40</v>
+        <v>99</v>
       </c>
       <c r="K17" t="s">
-        <v>86</v>
-[...4 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="L17" t="s">
+        <v>111</v>
+      </c>
+      <c r="M17"/>
       <c r="N17" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" t="s">
+        <v>104</v>
+      </c>
+      <c r="D18" t="s">
+        <v>77</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>45</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>105</v>
+      </c>
+      <c r="K18" t="s">
+        <v>47</v>
+      </c>
+      <c r="L18" t="s">
+        <v>111</v>
+      </c>
+      <c r="M18" t="s">
+        <v>106</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>133</v>
+      </c>
+      <c r="P18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>135</v>
+      </c>
+      <c r="B19" t="s">
+        <v>136</v>
+      </c>
+      <c r="C19" t="s">
         <v>97</v>
       </c>
-      <c r="B18" t="s">
-[...33 lines deleted...]
-      <c r="N18" t="s">
+      <c r="D19" t="s">
+        <v>137</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>45</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
         <v>99</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G19">
+      <c r="K19" t="s">
+        <v>47</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>138</v>
+      </c>
+      <c r="P19" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>140</v>
+      </c>
+      <c r="B20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>104</v>
+      </c>
+      <c r="D20" t="s">
+        <v>137</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>45</v>
+      </c>
+      <c r="H20">
         <v>2012</v>
       </c>
-      <c r="H19"/>
-[...34 lines deleted...]
-      <c r="G20">
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>105</v>
+      </c>
+      <c r="K20" t="s">
+        <v>47</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>106</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>142</v>
+      </c>
+      <c r="P20" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>144</v>
+      </c>
+      <c r="B21" t="s">
+        <v>145</v>
+      </c>
+      <c r="C21" t="s">
+        <v>97</v>
+      </c>
+      <c r="D21" t="s">
+        <v>124</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>45</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>99</v>
+      </c>
+      <c r="K21" t="s">
+        <v>47</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>92</v>
+      </c>
+      <c r="O21" t="s">
+        <v>146</v>
+      </c>
+      <c r="P21" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>144</v>
+      </c>
+      <c r="B22" t="s">
+        <v>145</v>
+      </c>
+      <c r="C22" t="s">
+        <v>104</v>
+      </c>
+      <c r="D22" t="s">
+        <v>124</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>45</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>105</v>
+      </c>
+      <c r="K22" t="s">
+        <v>47</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>106</v>
+      </c>
+      <c r="N22" t="s">
+        <v>92</v>
+      </c>
+      <c r="O22" t="s">
+        <v>148</v>
+      </c>
+      <c r="P22" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>150</v>
+      </c>
+      <c r="B23" t="s">
+        <v>151</v>
+      </c>
+      <c r="C23" t="s">
+        <v>69</v>
+      </c>
+      <c r="D23" t="s">
+        <v>90</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23" t="s">
+        <v>152</v>
+      </c>
+      <c r="G23" t="s">
+        <v>45</v>
+      </c>
+      <c r="H23">
+        <v>2009</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>153</v>
+      </c>
+      <c r="K23" t="s">
+        <v>47</v>
+      </c>
+      <c r="L23" t="s">
+        <v>91</v>
+      </c>
+      <c r="M23" t="s">
+        <v>154</v>
+      </c>
+      <c r="N23" t="s">
+        <v>92</v>
+      </c>
+      <c r="O23" t="s">
+        <v>155</v>
+      </c>
+      <c r="P23" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>157</v>
+      </c>
+      <c r="B24" t="s">
+        <v>158</v>
+      </c>
+      <c r="C24" t="s">
+        <v>159</v>
+      </c>
+      <c r="D24" t="s">
+        <v>160</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>161</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24">
+        <v>2023</v>
+      </c>
+      <c r="J24" t="s">
+        <v>162</v>
+      </c>
+      <c r="K24" t="s">
+        <v>47</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>163</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>164</v>
+      </c>
+      <c r="P24" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>166</v>
+      </c>
+      <c r="B25" t="s">
+        <v>167</v>
+      </c>
+      <c r="C25" t="s">
+        <v>168</v>
+      </c>
+      <c r="D25" t="s">
+        <v>169</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>45</v>
+      </c>
+      <c r="H25">
+        <v>2020</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>162</v>
+      </c>
+      <c r="K25" t="s">
+        <v>47</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>170</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>171</v>
+      </c>
+      <c r="P25" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>173</v>
+      </c>
+      <c r="B26" t="s">
+        <v>174</v>
+      </c>
+      <c r="C26" t="s">
+        <v>175</v>
+      </c>
+      <c r="D26" t="s">
+        <v>176</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>177</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>178</v>
+      </c>
+      <c r="K26" t="s">
+        <v>47</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>179</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>180</v>
+      </c>
+      <c r="P26" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>182</v>
+      </c>
+      <c r="B27" t="s">
+        <v>183</v>
+      </c>
+      <c r="C27" t="s">
+        <v>184</v>
+      </c>
+      <c r="D27" t="s">
+        <v>185</v>
+      </c>
+      <c r="E27" t="s">
+        <v>33</v>
+      </c>
+      <c r="F27" t="s">
+        <v>152</v>
+      </c>
+      <c r="G27" t="s">
+        <v>45</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>186</v>
+      </c>
+      <c r="K27" t="s">
+        <v>47</v>
+      </c>
+      <c r="L27" t="s">
+        <v>187</v>
+      </c>
+      <c r="M27" t="s">
+        <v>188</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>189</v>
+      </c>
+      <c r="P27" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>191</v>
+      </c>
+      <c r="B28" t="s">
+        <v>192</v>
+      </c>
+      <c r="C28" t="s">
+        <v>184</v>
+      </c>
+      <c r="D28" t="s">
+        <v>124</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>152</v>
+      </c>
+      <c r="G28" t="s">
+        <v>45</v>
+      </c>
+      <c r="H28">
+        <v>2013</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>186</v>
+      </c>
+      <c r="K28" t="s">
+        <v>47</v>
+      </c>
+      <c r="L28" t="s">
+        <v>187</v>
+      </c>
+      <c r="M28" t="s">
+        <v>188</v>
+      </c>
+      <c r="N28" t="s">
+        <v>92</v>
+      </c>
+      <c r="O28" t="s">
+        <v>193</v>
+      </c>
+      <c r="P28" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>195</v>
+      </c>
+      <c r="B29" t="s">
+        <v>196</v>
+      </c>
+      <c r="C29" t="s">
+        <v>184</v>
+      </c>
+      <c r="D29" t="s">
+        <v>55</v>
+      </c>
+      <c r="E29" t="s">
+        <v>33</v>
+      </c>
+      <c r="F29" t="s">
+        <v>152</v>
+      </c>
+      <c r="G29" t="s">
+        <v>45</v>
+      </c>
+      <c r="H29">
+        <v>2011</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>186</v>
+      </c>
+      <c r="K29" t="s">
+        <v>47</v>
+      </c>
+      <c r="L29" t="s">
+        <v>197</v>
+      </c>
+      <c r="M29" t="s">
+        <v>188</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>198</v>
+      </c>
+      <c r="P29" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>200</v>
+      </c>
+      <c r="B30" t="s">
+        <v>201</v>
+      </c>
+      <c r="C30" t="s">
+        <v>184</v>
+      </c>
+      <c r="D30" t="s">
+        <v>55</v>
+      </c>
+      <c r="E30" t="s">
+        <v>33</v>
+      </c>
+      <c r="F30" t="s">
+        <v>152</v>
+      </c>
+      <c r="G30" t="s">
+        <v>45</v>
+      </c>
+      <c r="H30">
         <v>2012</v>
       </c>
-      <c r="H20"/>
-[...408 lines deleted...]
-      </c>
+      <c r="I30"/>
       <c r="J30" t="s">
-        <v>40</v>
+        <v>186</v>
       </c>
       <c r="K30" t="s">
-        <v>145</v>
+        <v>47</v>
       </c>
       <c r="L30" t="s">
-        <v>146</v>
+        <v>202</v>
       </c>
       <c r="M30" t="s">
-        <v>24</v>
+        <v>203</v>
       </c>
       <c r="N30" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>204</v>
+      </c>
+      <c r="P30" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>148</v>
+        <v>206</v>
       </c>
       <c r="B31" t="s">
-        <v>133</v>
+        <v>207</v>
       </c>
       <c r="C31" t="s">
-        <v>149</v>
+        <v>184</v>
       </c>
       <c r="D31" t="s">
-        <v>28</v>
+        <v>208</v>
       </c>
       <c r="E31" t="s">
-        <v>109</v>
+        <v>33</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>152</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
-      <c r="I31" t="s">
-        <v>135</v>
+      <c r="I31">
+        <v>2012</v>
       </c>
       <c r="J31" t="s">
-        <v>40</v>
+        <v>186</v>
       </c>
       <c r="K31" t="s">
-        <v>145</v>
+        <v>47</v>
       </c>
       <c r="L31" t="s">
-        <v>137</v>
+        <v>202</v>
       </c>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>188</v>
       </c>
       <c r="N31" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>209</v>
+      </c>
+      <c r="P31" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>211</v>
+      </c>
+      <c r="B32" t="s">
+        <v>212</v>
+      </c>
+      <c r="C32" t="s">
+        <v>213</v>
+      </c>
+      <c r="D32" t="s">
+        <v>214</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>45</v>
+      </c>
+      <c r="H32">
+        <v>2009</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>215</v>
+      </c>
+      <c r="K32" t="s">
+        <v>47</v>
+      </c>
+      <c r="L32" t="s">
+        <v>216</v>
+      </c>
+      <c r="M32" t="s">
+        <v>217</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>218</v>
+      </c>
+      <c r="P32" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>220</v>
+      </c>
+      <c r="B33" t="s">
+        <v>221</v>
+      </c>
+      <c r="C33" t="s">
+        <v>222</v>
+      </c>
+      <c r="D33" t="s">
+        <v>223</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>224</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2009</v>
+      </c>
+      <c r="I33">
+        <v>2024</v>
+      </c>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>47</v>
+      </c>
+      <c r="L33" t="s">
+        <v>225</v>
+      </c>
+      <c r="M33" t="s">
+        <v>226</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>227</v>
+      </c>
+      <c r="P33" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>229</v>
+      </c>
+      <c r="B34" t="s">
+        <v>230</v>
+      </c>
+      <c r="C34" t="s">
+        <v>231</v>
+      </c>
+      <c r="D34" t="s">
+        <v>232</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>224</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2016</v>
+      </c>
+      <c r="I34">
+        <v>2019</v>
+      </c>
+      <c r="J34" t="s">
+        <v>46</v>
+      </c>
+      <c r="K34" t="s">
+        <v>36</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>233</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>234</v>
+      </c>
+      <c r="P34" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>236</v>
+      </c>
+      <c r="B35" t="s">
+        <v>237</v>
+      </c>
+      <c r="C35" t="s">
+        <v>238</v>
+      </c>
+      <c r="D35" t="s">
+        <v>55</v>
+      </c>
+      <c r="E35" t="s">
+        <v>33</v>
+      </c>
+      <c r="F35" t="s">
+        <v>152</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2001</v>
+      </c>
+      <c r="I35">
+        <v>2018</v>
+      </c>
+      <c r="J35" t="s">
+        <v>153</v>
+      </c>
+      <c r="K35" t="s">
+        <v>47</v>
+      </c>
+      <c r="L35" t="s">
+        <v>239</v>
+      </c>
+      <c r="M35" t="s">
+        <v>240</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>241</v>
+      </c>
+      <c r="P35" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>243</v>
+      </c>
+      <c r="B36" t="s">
+        <v>244</v>
+      </c>
+      <c r="C36" t="s">
+        <v>238</v>
+      </c>
+      <c r="D36" t="s">
+        <v>44</v>
+      </c>
+      <c r="E36" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" t="s">
+        <v>152</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2012</v>
+      </c>
+      <c r="I36">
+        <v>2015</v>
+      </c>
+      <c r="J36" t="s">
+        <v>153</v>
+      </c>
+      <c r="K36" t="s">
+        <v>47</v>
+      </c>
+      <c r="L36" t="s">
+        <v>245</v>
+      </c>
+      <c r="M36" t="s">
+        <v>240</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>246</v>
+      </c>
+      <c r="P36" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>248</v>
+      </c>
+      <c r="B37" t="s">
+        <v>249</v>
+      </c>
+      <c r="C37" t="s">
+        <v>231</v>
+      </c>
+      <c r="D37" t="s">
+        <v>185</v>
+      </c>
+      <c r="E37" t="s">
+        <v>33</v>
+      </c>
+      <c r="F37" t="s">
+        <v>152</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2009</v>
+      </c>
+      <c r="I37">
+        <v>2020</v>
+      </c>
+      <c r="J37" t="s">
+        <v>153</v>
+      </c>
+      <c r="K37" t="s">
+        <v>47</v>
+      </c>
+      <c r="L37" t="s">
+        <v>250</v>
+      </c>
+      <c r="M37" t="s">
+        <v>251</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>252</v>
+      </c>
+      <c r="P37" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>254</v>
+      </c>
+      <c r="B38" t="s">
+        <v>255</v>
+      </c>
+      <c r="C38" t="s">
+        <v>184</v>
+      </c>
+      <c r="D38" t="s">
+        <v>55</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>1981</v>
+      </c>
+      <c r="I38">
+        <v>1982</v>
+      </c>
+      <c r="J38" t="s">
+        <v>186</v>
+      </c>
+      <c r="K38" t="s">
+        <v>47</v>
+      </c>
+      <c r="L38" t="s">
+        <v>256</v>
+      </c>
+      <c r="M38" t="s">
+        <v>188</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>257</v>
+      </c>
+      <c r="P38" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>259</v>
+      </c>
+      <c r="B39" t="s">
+        <v>260</v>
+      </c>
+      <c r="C39" t="s">
+        <v>261</v>
+      </c>
+      <c r="D39" t="s">
+        <v>98</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>224</v>
+      </c>
+      <c r="G39" t="s">
+        <v>45</v>
+      </c>
+      <c r="H39">
+        <v>2017</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>262</v>
+      </c>
+      <c r="K39" t="s">
+        <v>47</v>
+      </c>
+      <c r="L39" t="s">
+        <v>263</v>
+      </c>
+      <c r="M39" t="s">
+        <v>264</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>265</v>
+      </c>
+      <c r="P39"/>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>266</v>
+      </c>
+      <c r="B40" t="s">
+        <v>267</v>
+      </c>
+      <c r="C40" t="s">
+        <v>69</v>
+      </c>
+      <c r="D40" t="s">
+        <v>176</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>268</v>
+      </c>
+      <c r="H40">
+        <v>1989</v>
+      </c>
+      <c r="I40">
+        <v>2009</v>
+      </c>
+      <c r="J40" t="s">
+        <v>269</v>
+      </c>
+      <c r="K40" t="s">
+        <v>47</v>
+      </c>
+      <c r="L40" t="s">
+        <v>85</v>
+      </c>
+      <c r="M40" t="s">
+        <v>80</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>270</v>
+      </c>
+      <c r="P40" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>272</v>
+      </c>
+      <c r="B41" t="s">
+        <v>273</v>
+      </c>
+      <c r="C41" t="s">
+        <v>69</v>
+      </c>
+      <c r="D41" t="s">
+        <v>176</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1989</v>
+      </c>
+      <c r="I41">
+        <v>2021</v>
+      </c>
+      <c r="J41" t="s">
+        <v>269</v>
+      </c>
+      <c r="K41" t="s">
+        <v>47</v>
+      </c>
+      <c r="L41" t="s">
+        <v>274</v>
+      </c>
+      <c r="M41" t="s">
+        <v>275</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>276</v>
+      </c>
+      <c r="P41" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>278</v>
+      </c>
+      <c r="B42" t="s">
         <v>151</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="C42" t="s">
+        <v>69</v>
+      </c>
+      <c r="D42" t="s">
+        <v>90</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2010</v>
+      </c>
+      <c r="I42">
+        <v>2021</v>
+      </c>
+      <c r="J42" t="s">
+        <v>78</v>
+      </c>
+      <c r="K42" t="s">
+        <v>47</v>
+      </c>
+      <c r="L42" t="s">
+        <v>279</v>
+      </c>
+      <c r="M42" t="s">
+        <v>80</v>
+      </c>
+      <c r="N42" t="s">
+        <v>92</v>
+      </c>
+      <c r="O42" t="s">
+        <v>280</v>
+      </c>
+      <c r="P42" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>282</v>
+      </c>
+      <c r="B43" t="s">
+        <v>283</v>
+      </c>
+      <c r="C43" t="s">
+        <v>69</v>
+      </c>
+      <c r="D43" t="s">
+        <v>90</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>45</v>
+      </c>
+      <c r="H43">
+        <v>2012</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>78</v>
+      </c>
+      <c r="K43" t="s">
+        <v>47</v>
+      </c>
+      <c r="L43" t="s">
+        <v>284</v>
+      </c>
+      <c r="M43" t="s">
+        <v>285</v>
+      </c>
+      <c r="N43" t="s">
+        <v>92</v>
+      </c>
+      <c r="O43" t="s">
+        <v>286</v>
+      </c>
+      <c r="P43" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>288</v>
+      </c>
+      <c r="B44" t="s">
+        <v>289</v>
+      </c>
+      <c r="C44" t="s">
+        <v>69</v>
+      </c>
+      <c r="D44" t="s">
+        <v>77</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>21</v>
+      </c>
+      <c r="G44" t="s">
+        <v>45</v>
+      </c>
+      <c r="H44">
+        <v>2016</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
         <v>153</v>
       </c>
-      <c r="D32" t="s">
-[...56 lines deleted...]
-      <c r="I33" t="s">
+      <c r="K44" t="s">
+        <v>47</v>
+      </c>
+      <c r="L44" t="s">
+        <v>290</v>
+      </c>
+      <c r="M44" t="s">
+        <v>285</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>291</v>
+      </c>
+      <c r="P44" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>293</v>
+      </c>
+      <c r="B45" t="s">
+        <v>294</v>
+      </c>
+      <c r="C45" t="s">
+        <v>295</v>
+      </c>
+      <c r="D45" t="s">
+        <v>296</v>
+      </c>
+      <c r="E45" t="s">
         <v>20</v>
       </c>
-      <c r="J33" t="s">
-[...506 lines deleted...]
-      </c>
       <c r="F45" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2019</v>
+        <v>34</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2019</v>
       </c>
-      <c r="I45" t="s">
-        <v>30</v>
+      <c r="I45">
+        <v>2019</v>
       </c>
       <c r="J45" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="K45" t="s">
-        <v>211</v>
+        <v>47</v>
       </c>
       <c r="L45" t="s">
-        <v>212</v>
+        <v>297</v>
       </c>
       <c r="M45" t="s">
-        <v>24</v>
+        <v>298</v>
       </c>
       <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>299</v>
+      </c>
+      <c r="P45" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>301</v>
+      </c>
+      <c r="B46" t="s">
+        <v>302</v>
+      </c>
+      <c r="C46" t="s">
+        <v>303</v>
+      </c>
+      <c r="D46" t="s">
+        <v>208</v>
+      </c>
+      <c r="E46" t="s">
+        <v>33</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>45</v>
+      </c>
+      <c r="H46">
+        <v>1986</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>186</v>
+      </c>
+      <c r="K46" t="s">
+        <v>47</v>
+      </c>
+      <c r="L46" t="s">
+        <v>304</v>
+      </c>
+      <c r="M46" t="s">
+        <v>305</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>306</v>
+      </c>
+      <c r="P46" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>308</v>
+      </c>
+      <c r="B47" t="s">
+        <v>309</v>
+      </c>
+      <c r="C47" t="s">
+        <v>310</v>
+      </c>
+      <c r="D47" t="s">
+        <v>55</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>224</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2013</v>
+      </c>
+      <c r="I47">
+        <v>2024</v>
+      </c>
+      <c r="J47" t="s">
+        <v>311</v>
+      </c>
+      <c r="K47" t="s">
+        <v>47</v>
+      </c>
+      <c r="L47" t="s">
+        <v>312</v>
+      </c>
+      <c r="M47" t="s">
+        <v>313</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>314</v>
+      </c>
+      <c r="P47" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>316</v>
+      </c>
+      <c r="B48" t="s">
+        <v>317</v>
+      </c>
+      <c r="C48" t="s">
+        <v>318</v>
+      </c>
+      <c r="D48" t="s">
+        <v>176</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>224</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2013</v>
+      </c>
+      <c r="I48">
+        <v>2025</v>
+      </c>
+      <c r="J48" t="s">
+        <v>319</v>
+      </c>
+      <c r="K48" t="s">
+        <v>47</v>
+      </c>
+      <c r="L48" t="s">
+        <v>320</v>
+      </c>
+      <c r="M48" t="s">
+        <v>313</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>321</v>
+      </c>
+      <c r="P48" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>323</v>
+      </c>
+      <c r="B49" t="s">
+        <v>324</v>
+      </c>
+      <c r="C49" t="s">
+        <v>184</v>
+      </c>
+      <c r="D49" t="s">
+        <v>55</v>
+      </c>
+      <c r="E49" t="s">
+        <v>33</v>
+      </c>
+      <c r="F49" t="s">
+        <v>152</v>
+      </c>
+      <c r="G49" t="s">
+        <v>45</v>
+      </c>
+      <c r="H49">
+        <v>2011</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>186</v>
+      </c>
+      <c r="K49" t="s">
+        <v>47</v>
+      </c>
+      <c r="L49" t="s">
+        <v>325</v>
+      </c>
+      <c r="M49" t="s">
+        <v>203</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>326</v>
+      </c>
+      <c r="P49" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>328</v>
+      </c>
+      <c r="B50" t="s">
+        <v>329</v>
+      </c>
+      <c r="C50" t="s">
+        <v>318</v>
+      </c>
+      <c r="D50" t="s">
+        <v>176</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>224</v>
+      </c>
+      <c r="G50" t="s">
+        <v>45</v>
+      </c>
+      <c r="H50">
+        <v>2013</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>330</v>
+      </c>
+      <c r="K50" t="s">
+        <v>47</v>
+      </c>
+      <c r="L50" t="s">
+        <v>331</v>
+      </c>
+      <c r="M50" t="s">
+        <v>313</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>332</v>
+      </c>
+      <c r="P50" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>334</v>
+      </c>
+      <c r="B51" t="s">
+        <v>335</v>
+      </c>
+      <c r="C51" t="s">
         <v>213</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B46" t="s">
+      <c r="D51" t="s">
+        <v>77</v>
+      </c>
+      <c r="E51" t="s">
+        <v>33</v>
+      </c>
+      <c r="F51" t="s">
+        <v>152</v>
+      </c>
+      <c r="G51" t="s">
+        <v>45</v>
+      </c>
+      <c r="H51">
+        <v>2012</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
         <v>215</v>
       </c>
-      <c r="C46" t="s">
-[...24 lines deleted...]
-      <c r="L46" t="s">
+      <c r="K51" t="s">
+        <v>47</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
         <v>217</v>
       </c>
-      <c r="M46" t="s">
-[...182 lines deleted...]
-      <c r="B51" t="s">
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>336</v>
+      </c>
+      <c r="P51" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>334</v>
+      </c>
+      <c r="B52" t="s">
+        <v>338</v>
+      </c>
+      <c r="C52" t="s">
+        <v>213</v>
+      </c>
+      <c r="D52" t="s">
+        <v>90</v>
+      </c>
+      <c r="E52" t="s">
+        <v>33</v>
+      </c>
+      <c r="F52" t="s">
         <v>152</v>
       </c>
-      <c r="C51" t="s">
-[...52 lines deleted...]
-        <v>2012</v>
+      <c r="G52" t="s">
+        <v>22</v>
       </c>
       <c r="H52">
         <v>2012</v>
       </c>
-      <c r="I52" t="s">
-        <v>154</v>
+      <c r="I52">
+        <v>2012</v>
       </c>
       <c r="J52" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="K52" t="s">
+        <v>47</v>
+      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>73</v>
+        <v>217</v>
       </c>
       <c r="N52" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>92</v>
+      </c>
+      <c r="O52" t="s">
+        <v>339</v>
+      </c>
+      <c r="P52" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>240</v>
+        <v>340</v>
       </c>
       <c r="B53" t="s">
-        <v>121</v>
+        <v>341</v>
       </c>
       <c r="C53" t="s">
-        <v>241</v>
+        <v>168</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>342</v>
       </c>
       <c r="E53" t="s">
-        <v>161</v>
+        <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>224</v>
+      </c>
+      <c r="G53" t="s">
+        <v>45</v>
+      </c>
+      <c r="H53">
         <v>2023</v>
       </c>
-      <c r="H53"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I53"/>
       <c r="J53" t="s">
-        <v>40</v>
+        <v>162</v>
       </c>
       <c r="K53" t="s">
-        <v>242</v>
+        <v>47</v>
       </c>
       <c r="L53" t="s">
-        <v>123</v>
+        <v>343</v>
       </c>
       <c r="M53" t="s">
+        <v>170</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>344</v>
+      </c>
+      <c r="P53" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>346</v>
+      </c>
+      <c r="B54" t="s">
+        <v>347</v>
+      </c>
+      <c r="C54" t="s">
+        <v>348</v>
+      </c>
+      <c r="D54" t="s">
+        <v>214</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>34</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2008</v>
+      </c>
+      <c r="I54">
+        <v>2021</v>
+      </c>
+      <c r="J54" t="s">
+        <v>349</v>
+      </c>
+      <c r="K54" t="s">
+        <v>47</v>
+      </c>
+      <c r="L54" t="s">
+        <v>350</v>
+      </c>
+      <c r="M54" t="s">
+        <v>351</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>352</v>
+      </c>
+      <c r="P54" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>354</v>
+      </c>
+      <c r="B55" t="s">
+        <v>355</v>
+      </c>
+      <c r="C55" t="s">
+        <v>356</v>
+      </c>
+      <c r="D55" t="s">
+        <v>124</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>224</v>
+      </c>
+      <c r="G55" t="s">
+        <v>22</v>
+      </c>
+      <c r="H55">
+        <v>2008</v>
+      </c>
+      <c r="I55">
+        <v>2010</v>
+      </c>
+      <c r="J55" t="s">
+        <v>357</v>
+      </c>
+      <c r="K55" t="s">
+        <v>47</v>
+      </c>
+      <c r="L55" t="s">
+        <v>358</v>
+      </c>
+      <c r="M55" t="s">
+        <v>359</v>
+      </c>
+      <c r="N55" t="s">
+        <v>92</v>
+      </c>
+      <c r="O55" t="s">
+        <v>360</v>
+      </c>
+      <c r="P55" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>362</v>
+      </c>
+      <c r="B56" t="s">
+        <v>363</v>
+      </c>
+      <c r="C56" t="s">
+        <v>364</v>
+      </c>
+      <c r="D56" t="s">
+        <v>137</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2013</v>
+      </c>
+      <c r="I56">
+        <v>2014</v>
+      </c>
+      <c r="J56" t="s">
+        <v>153</v>
+      </c>
+      <c r="K56" t="s">
+        <v>47</v>
+      </c>
+      <c r="L56" t="s">
+        <v>365</v>
+      </c>
+      <c r="M56" t="s">
+        <v>366</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>367</v>
+      </c>
+      <c r="P56"/>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>368</v>
+      </c>
+      <c r="B57" t="s">
+        <v>369</v>
+      </c>
+      <c r="C57" t="s">
+        <v>364</v>
+      </c>
+      <c r="D57" t="s">
+        <v>44</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2013</v>
+      </c>
+      <c r="I57">
+        <v>2014</v>
+      </c>
+      <c r="J57" t="s">
+        <v>153</v>
+      </c>
+      <c r="K57" t="s">
+        <v>47</v>
+      </c>
+      <c r="L57" t="s">
+        <v>370</v>
+      </c>
+      <c r="M57" t="s">
+        <v>366</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>371</v>
+      </c>
+      <c r="P57" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>373</v>
+      </c>
+      <c r="B58" t="s">
+        <v>374</v>
+      </c>
+      <c r="C58" t="s">
+        <v>375</v>
+      </c>
+      <c r="D58" t="s">
+        <v>376</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>34</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1996</v>
+      </c>
+      <c r="I58">
+        <v>2017</v>
+      </c>
+      <c r="J58" t="s">
+        <v>215</v>
+      </c>
+      <c r="K58" t="s">
+        <v>47</v>
+      </c>
+      <c r="L58" t="s">
+        <v>377</v>
+      </c>
+      <c r="M58" t="s">
+        <v>378</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>379</v>
+      </c>
+      <c r="P58" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>381</v>
+      </c>
+      <c r="B59" t="s">
+        <v>382</v>
+      </c>
+      <c r="C59" t="s">
+        <v>375</v>
+      </c>
+      <c r="D59" t="s">
+        <v>98</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1996</v>
+      </c>
+      <c r="I59">
+        <v>2017</v>
+      </c>
+      <c r="J59" t="s">
+        <v>215</v>
+      </c>
+      <c r="K59" t="s">
+        <v>47</v>
+      </c>
+      <c r="L59"/>
+      <c r="M59" t="s">
+        <v>378</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>383</v>
+      </c>
+      <c r="P59" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>384</v>
+      </c>
+      <c r="B60" t="s">
+        <v>385</v>
+      </c>
+      <c r="C60" t="s">
+        <v>386</v>
+      </c>
+      <c r="D60" t="s">
+        <v>124</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>45</v>
+      </c>
+      <c r="H60">
+        <v>2022</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>387</v>
+      </c>
+      <c r="K60" t="s">
+        <v>47</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>388</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>389</v>
+      </c>
+      <c r="P60" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>391</v>
+      </c>
+      <c r="B61" t="s">
+        <v>392</v>
+      </c>
+      <c r="C61" t="s">
+        <v>386</v>
+      </c>
+      <c r="D61" t="s">
+        <v>393</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>21</v>
+      </c>
+      <c r="G61" t="s">
+        <v>45</v>
+      </c>
+      <c r="H61">
+        <v>2022</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>394</v>
+      </c>
+      <c r="K61" t="s">
+        <v>47</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" t="s">
+        <v>388</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>395</v>
+      </c>
+      <c r="P61" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>396</v>
+      </c>
+      <c r="B62" t="s">
+        <v>397</v>
+      </c>
+      <c r="C62" t="s">
+        <v>386</v>
+      </c>
+      <c r="D62" t="s">
+        <v>342</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>45</v>
+      </c>
+      <c r="H62">
+        <v>2022</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>387</v>
+      </c>
+      <c r="K62" t="s">
+        <v>47</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>388</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>398</v>
+      </c>
+      <c r="P62" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>399</v>
+      </c>
+      <c r="B63" t="s">
+        <v>400</v>
+      </c>
+      <c r="C63" t="s">
+        <v>401</v>
+      </c>
+      <c r="D63" t="s">
+        <v>402</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>34</v>
+      </c>
+      <c r="G63" t="s">
+        <v>45</v>
+      </c>
+      <c r="H63">
+        <v>2025</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>403</v>
+      </c>
+      <c r="K63" t="s">
+        <v>47</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>404</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>405</v>
+      </c>
+      <c r="P63" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>407</v>
+      </c>
+      <c r="B64" t="s">
+        <v>408</v>
+      </c>
+      <c r="C64" t="s">
+        <v>401</v>
+      </c>
+      <c r="D64" t="s">
+        <v>402</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>21</v>
+      </c>
+      <c r="G64" t="s">
+        <v>45</v>
+      </c>
+      <c r="H64">
+        <v>2025</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>403</v>
+      </c>
+      <c r="K64" t="s">
+        <v>47</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>404</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>409</v>
+      </c>
+      <c r="P64" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>411</v>
+      </c>
+      <c r="B65" t="s">
+        <v>212</v>
+      </c>
+      <c r="C65" t="s">
+        <v>213</v>
+      </c>
+      <c r="D65" t="s">
+        <v>214</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>21</v>
+      </c>
+      <c r="G65" t="s">
+        <v>45</v>
+      </c>
+      <c r="H65">
+        <v>2009</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>215</v>
+      </c>
+      <c r="K65" t="s">
+        <v>47</v>
+      </c>
+      <c r="L65" t="s">
+        <v>216</v>
+      </c>
+      <c r="M65" t="s">
+        <v>217</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>412</v>
+      </c>
+      <c r="P65" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>413</v>
+      </c>
+      <c r="B66" t="s">
+        <v>414</v>
+      </c>
+      <c r="C66" t="s">
+        <v>415</v>
+      </c>
+      <c r="D66" t="s">
+        <v>214</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>224</v>
+      </c>
+      <c r="G66" t="s">
+        <v>45</v>
+      </c>
+      <c r="H66">
+        <v>2021</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>46</v>
+      </c>
+      <c r="K66" t="s">
+        <v>47</v>
+      </c>
+      <c r="L66" t="s">
+        <v>416</v>
+      </c>
+      <c r="M66" t="s">
+        <v>417</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>418</v>
+      </c>
+      <c r="P66" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>420</v>
+      </c>
+      <c r="B67" t="s">
+        <v>421</v>
+      </c>
+      <c r="C67" t="s">
+        <v>415</v>
+      </c>
+      <c r="D67" t="s">
+        <v>422</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>224</v>
+      </c>
+      <c r="G67" t="s">
+        <v>45</v>
+      </c>
+      <c r="H67">
+        <v>2021</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>46</v>
+      </c>
+      <c r="K67" t="s">
+        <v>47</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>423</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>424</v>
+      </c>
+      <c r="P67" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>426</v>
+      </c>
+      <c r="B68" t="s">
+        <v>427</v>
+      </c>
+      <c r="C68" t="s">
+        <v>428</v>
+      </c>
+      <c r="D68" t="s">
+        <v>429</v>
+      </c>
+      <c r="E68" t="s">
+        <v>33</v>
+      </c>
+      <c r="F68" t="s">
+        <v>430</v>
+      </c>
+      <c r="G68" t="s">
+        <v>45</v>
+      </c>
+      <c r="H68">
+        <v>2009</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>431</v>
+      </c>
+      <c r="K68" t="s">
+        <v>47</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>432</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>433</v>
+      </c>
+      <c r="P68" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>435</v>
+      </c>
+      <c r="B69" t="s">
+        <v>436</v>
+      </c>
+      <c r="C69" t="s">
+        <v>428</v>
+      </c>
+      <c r="D69" t="s">
+        <v>176</v>
+      </c>
+      <c r="E69" t="s">
+        <v>33</v>
+      </c>
+      <c r="F69" t="s">
+        <v>430</v>
+      </c>
+      <c r="G69" t="s">
+        <v>45</v>
+      </c>
+      <c r="H69">
+        <v>2015</v>
+      </c>
+      <c r="I69"/>
+      <c r="J69" t="s">
+        <v>431</v>
+      </c>
+      <c r="K69" t="s">
+        <v>47</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>432</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>437</v>
+      </c>
+      <c r="P69" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>439</v>
+      </c>
+      <c r="B70" t="s">
+        <v>440</v>
+      </c>
+      <c r="C70" t="s">
+        <v>348</v>
+      </c>
+      <c r="D70" t="s">
+        <v>55</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2008</v>
+      </c>
+      <c r="I70">
+        <v>2017</v>
+      </c>
+      <c r="J70" t="s">
+        <v>349</v>
+      </c>
+      <c r="K70" t="s">
+        <v>47</v>
+      </c>
+      <c r="L70" t="s">
+        <v>441</v>
+      </c>
+      <c r="M70" t="s">
+        <v>442</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>443</v>
+      </c>
+      <c r="P70" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>445</v>
+      </c>
+      <c r="B71" t="s">
+        <v>446</v>
+      </c>
+      <c r="C71" t="s">
+        <v>295</v>
+      </c>
+      <c r="D71" t="s">
+        <v>98</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>45</v>
+      </c>
+      <c r="H71">
+        <v>2012</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>35</v>
+      </c>
+      <c r="K71" t="s">
+        <v>47</v>
+      </c>
+      <c r="L71" t="s">
+        <v>297</v>
+      </c>
+      <c r="M71" t="s">
+        <v>298</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>447</v>
+      </c>
+      <c r="P71" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>449</v>
+      </c>
+      <c r="B72" t="s">
+        <v>450</v>
+      </c>
+      <c r="C72" t="s">
+        <v>451</v>
+      </c>
+      <c r="D72" t="s">
+        <v>452</v>
+      </c>
+      <c r="E72" t="s">
+        <v>453</v>
+      </c>
+      <c r="F72" t="s">
+        <v>454</v>
+      </c>
+      <c r="G72" t="s">
+        <v>45</v>
+      </c>
+      <c r="H72">
+        <v>2023</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>162</v>
+      </c>
+      <c r="K72" t="s">
+        <v>455</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>456</v>
+      </c>
+      <c r="N72" t="s">
+        <v>92</v>
+      </c>
+      <c r="O72" t="s">
+        <v>457</v>
+      </c>
+      <c r="P72" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>459</v>
+      </c>
+      <c r="B73" t="s">
+        <v>460</v>
+      </c>
+      <c r="C73" t="s">
+        <v>451</v>
+      </c>
+      <c r="D73" t="s">
+        <v>55</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>224</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2014</v>
+      </c>
+      <c r="I73">
+        <v>2024</v>
+      </c>
+      <c r="J73" t="s">
+        <v>461</v>
+      </c>
+      <c r="K73" t="s">
+        <v>47</v>
+      </c>
+      <c r="L73" t="s">
+        <v>462</v>
+      </c>
+      <c r="M73" t="s">
+        <v>456</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>463</v>
+      </c>
+      <c r="P73" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>465</v>
+      </c>
+      <c r="B74" t="s">
+        <v>466</v>
+      </c>
+      <c r="C74" t="s">
+        <v>467</v>
+      </c>
+      <c r="D74" t="s">
+        <v>468</v>
+      </c>
+      <c r="E74" t="s">
+        <v>453</v>
+      </c>
+      <c r="F74" t="s">
+        <v>224</v>
+      </c>
+      <c r="G74" t="s">
+        <v>177</v>
+      </c>
+      <c r="H74"/>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>403</v>
+      </c>
+      <c r="K74" t="s">
+        <v>47</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74"/>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>469</v>
+      </c>
+      <c r="P74" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>471</v>
+      </c>
+      <c r="B75" t="s">
+        <v>472</v>
+      </c>
+      <c r="C75" t="s">
+        <v>348</v>
+      </c>
+      <c r="D75" t="s">
+        <v>176</v>
+      </c>
+      <c r="E75" t="s">
+        <v>33</v>
+      </c>
+      <c r="F75" t="s">
+        <v>152</v>
+      </c>
+      <c r="G75" t="s">
+        <v>22</v>
+      </c>
+      <c r="H75">
+        <v>1997</v>
+      </c>
+      <c r="I75">
+        <v>2011</v>
+      </c>
+      <c r="J75" t="s">
+        <v>349</v>
+      </c>
+      <c r="K75" t="s">
+        <v>47</v>
+      </c>
+      <c r="L75" t="s">
+        <v>473</v>
+      </c>
+      <c r="M75" t="s">
+        <v>474</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>475</v>
+      </c>
+      <c r="P75" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>477</v>
+      </c>
+      <c r="B76" t="s">
+        <v>478</v>
+      </c>
+      <c r="C76" t="s">
+        <v>479</v>
+      </c>
+      <c r="D76" t="s">
+        <v>480</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>224</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2017</v>
+      </c>
+      <c r="I76">
+        <v>2021</v>
+      </c>
+      <c r="J76" t="s">
+        <v>330</v>
+      </c>
+      <c r="K76" t="s">
+        <v>481</v>
+      </c>
+      <c r="L76" t="s">
+        <v>482</v>
+      </c>
+      <c r="M76" t="s">
+        <v>483</v>
+      </c>
+      <c r="N76" t="s">
+        <v>92</v>
+      </c>
+      <c r="O76" t="s">
+        <v>484</v>
+      </c>
+      <c r="P76" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>486</v>
+      </c>
+      <c r="B77" t="s">
+        <v>487</v>
+      </c>
+      <c r="C77" t="s">
+        <v>488</v>
+      </c>
+      <c r="D77" t="s">
+        <v>489</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2009</v>
+      </c>
+      <c r="I77">
+        <v>2013</v>
+      </c>
+      <c r="J77" t="s">
+        <v>56</v>
+      </c>
+      <c r="K77" t="s">
+        <v>47</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
+        <v>490</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>491</v>
+      </c>
+      <c r="P77" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>493</v>
+      </c>
+      <c r="B78" t="s">
+        <v>494</v>
+      </c>
+      <c r="C78" t="s">
+        <v>495</v>
+      </c>
+      <c r="D78" t="s">
+        <v>496</v>
+      </c>
+      <c r="E78" t="s">
+        <v>33</v>
+      </c>
+      <c r="F78" t="s">
+        <v>34</v>
+      </c>
+      <c r="G78" t="s">
+        <v>45</v>
+      </c>
+      <c r="H78">
+        <v>2014</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>497</v>
+      </c>
+      <c r="K78" t="s">
+        <v>47</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>498</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>499</v>
+      </c>
+      <c r="P78" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>501</v>
+      </c>
+      <c r="B79" t="s">
+        <v>502</v>
+      </c>
+      <c r="C79" t="s">
+        <v>495</v>
+      </c>
+      <c r="D79" t="s">
+        <v>503</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>34</v>
+      </c>
+      <c r="G79" t="s">
+        <v>22</v>
+      </c>
+      <c r="H79">
+        <v>2008</v>
+      </c>
+      <c r="I79">
+        <v>2013</v>
+      </c>
+      <c r="J79" t="s">
+        <v>215</v>
+      </c>
+      <c r="K79" t="s">
+        <v>47</v>
+      </c>
+      <c r="L79" t="s">
+        <v>25</v>
+      </c>
+      <c r="M79" t="s">
+        <v>498</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>504</v>
+      </c>
+      <c r="P79" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>506</v>
+      </c>
+      <c r="B80" t="s">
+        <v>507</v>
+      </c>
+      <c r="C80" t="s">
+        <v>508</v>
+      </c>
+      <c r="D80" t="s">
+        <v>55</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>224</v>
+      </c>
+      <c r="G80" t="s">
+        <v>45</v>
+      </c>
+      <c r="H80">
+        <v>2011</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>330</v>
+      </c>
+      <c r="K80" t="s">
+        <v>47</v>
+      </c>
+      <c r="L80" t="s">
+        <v>509</v>
+      </c>
+      <c r="M80" t="s">
+        <v>510</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>511</v>
+      </c>
+      <c r="P80" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>513</v>
+      </c>
+      <c r="B81" t="s">
+        <v>514</v>
+      </c>
+      <c r="C81" t="s">
+        <v>515</v>
+      </c>
+      <c r="D81" t="s">
+        <v>516</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>34</v>
+      </c>
+      <c r="G81" t="s">
+        <v>45</v>
+      </c>
+      <c r="H81">
+        <v>2017</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>46</v>
+      </c>
+      <c r="K81" t="s">
         <v>24</v>
       </c>
-      <c r="N53" t="s">
-[...25 lines deleted...]
-      <c r="H54">
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>517</v>
+      </c>
+      <c r="N81" t="s">
+        <v>92</v>
+      </c>
+      <c r="O81" t="s">
+        <v>518</v>
+      </c>
+      <c r="P81" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>520</v>
+      </c>
+      <c r="B82" t="s">
+        <v>521</v>
+      </c>
+      <c r="C82" t="s">
+        <v>159</v>
+      </c>
+      <c r="D82" t="s">
+        <v>176</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>224</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2007</v>
+      </c>
+      <c r="I82">
+        <v>2020</v>
+      </c>
+      <c r="J82" t="s">
+        <v>162</v>
+      </c>
+      <c r="K82" t="s">
+        <v>47</v>
+      </c>
+      <c r="L82" t="s">
+        <v>522</v>
+      </c>
+      <c r="M82" t="s">
+        <v>163</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>523</v>
+      </c>
+      <c r="P82" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>525</v>
+      </c>
+      <c r="B83" t="s">
+        <v>526</v>
+      </c>
+      <c r="C83" t="s">
+        <v>428</v>
+      </c>
+      <c r="D83" t="s">
+        <v>527</v>
+      </c>
+      <c r="E83" t="s">
+        <v>33</v>
+      </c>
+      <c r="F83" t="s">
+        <v>152</v>
+      </c>
+      <c r="G83" t="s">
+        <v>45</v>
+      </c>
+      <c r="H83">
+        <v>2011</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>528</v>
+      </c>
+      <c r="K83" t="s">
+        <v>47</v>
+      </c>
+      <c r="L83" t="s">
+        <v>529</v>
+      </c>
+      <c r="M83" t="s">
+        <v>530</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>531</v>
+      </c>
+      <c r="P83" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>533</v>
+      </c>
+      <c r="B84" t="s">
+        <v>534</v>
+      </c>
+      <c r="C84" t="s">
+        <v>97</v>
+      </c>
+      <c r="D84" t="s">
+        <v>98</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>45</v>
+      </c>
+      <c r="H84">
         <v>2021</v>
       </c>
-      <c r="I54" t="s">
-[...1047 lines deleted...]
-      <c r="K79" t="s">
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>99</v>
+      </c>
+      <c r="K84" t="s">
+        <v>47</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84"/>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>535</v>
+      </c>
+      <c r="P84" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>537</v>
+      </c>
+      <c r="B85" t="s">
+        <v>538</v>
+      </c>
+      <c r="C85" t="s">
+        <v>428</v>
+      </c>
+      <c r="D85" t="s">
+        <v>527</v>
+      </c>
+      <c r="E85" t="s">
+        <v>33</v>
+      </c>
+      <c r="F85" t="s">
+        <v>34</v>
+      </c>
+      <c r="G85" t="s">
         <v>22</v>
       </c>
-      <c r="L79" t="s">
-[...234 lines deleted...]
-      <c r="G85">
+      <c r="H85">
         <v>2001</v>
       </c>
-      <c r="H85">
+      <c r="I85">
         <v>2019</v>
       </c>
-      <c r="I85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J85" t="s">
-        <v>40</v>
+        <v>178</v>
       </c>
       <c r="K85" t="s">
-        <v>379</v>
+        <v>47</v>
       </c>
       <c r="L85" t="s">
-        <v>380</v>
+        <v>539</v>
       </c>
       <c r="M85" t="s">
-        <v>24</v>
+        <v>540</v>
       </c>
       <c r="N85" t="s">
-        <v>381</v>
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>541</v>
+      </c>
+      <c r="P85" t="s">
+        <v>542</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>