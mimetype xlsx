--- v1 (2025-12-04)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="543">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="537">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -149,105 +149,108 @@
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
+  </si>
+  <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Ceiling Fans</t>
+  </si>
+  <si>
+    <t>December 2020</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...52 lines deleted...]
-    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
     <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
   </si>
   <si>
     <t>CEL 021-2021 Ventilators</t>
   </si>
   <si>
     <t>This policy contains energy labeling requirements for ventilators. It applies to the following types of fans: centrifugal and axial-flow types for general use; centrifugal ID-fans for industrial steam boilers; centrifugal IF-fans and ID-fans for power station boilers; axial type fans used at power stations; centrifugal fans for AC. It does not apply to specialized-structured and used fans like jet-type fans, cross-flow fans, and roof fans.</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Industrial Fans</t>
   </si>
   <si>
     <t>GB 19761-2009
 ,   
@@ -828,53 +831,50 @@
   <si>
     <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
   </si>
   <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
-    <t>Superseded</t>
-[...1 lines deleted...]
-  <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
@@ -952,127 +952,102 @@
   <si>
     <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
   </si>
   <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
     <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/12848/</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...30 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenmark N81 - Fans</t>
   </si>
   <si>
     <t>Applies to the five types of fans specified in the five respective CNS standards: table-top and wall-hanging fans; ceiling fans; floor-standing fans; floor fans; and automatic oscillating ceiling fans.</t>
   </si>
   <si>
     <t>CNS 547</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n81-fans</t>
   </si>
   <si>
     <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/81/cab018ef-810e-4809-a57a-c05e4ff4373c.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
     <t>Ventilation fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
   </si>
   <si>
     <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
   </si>
   <si>
     <t>Centrifugal and Turbo Blowers</t>
@@ -1236,69 +1211,69 @@
   <si>
     <t>LI 2448 Energy Commission (Energy Efficiency Standards and Labelling) (Ventilating Fans) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to a ventilating fan or unit with an individual fan electric power input of less than 125 W manufactured in the country or imported into the country for display, sale or use.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2448-energy-commission-energy-efficiency-standards-and-labelling-ventilating-fans</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
@@ -2031,51 +2006,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P85"/>
+  <dimension ref="A1:P84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="296.071" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1078.165" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -2323,1876 +2298,1876 @@
       </c>
       <c r="P5" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>60</v>
       </c>
       <c r="B6" t="s">
         <v>61</v>
       </c>
       <c r="C6" t="s">
         <v>62</v>
       </c>
       <c r="D6" t="s">
         <v>63</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>34</v>
       </c>
       <c r="G6" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H6">
         <v>2013</v>
       </c>
       <c r="I6"/>
       <c r="J6" t="s">
         <v>35</v>
       </c>
       <c r="K6" t="s">
         <v>47</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>34</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
         <v>2020</v>
       </c>
       <c r="I7">
         <v>2021</v>
       </c>
       <c r="J7" t="s">
         <v>46</v>
       </c>
       <c r="K7" t="s">
         <v>47</v>
       </c>
       <c r="L7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="M7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>34</v>
       </c>
       <c r="G8" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H8">
         <v>2016</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K8" t="s">
         <v>47</v>
       </c>
       <c r="L8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D9" t="s">
         <v>55</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>34</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2009</v>
       </c>
       <c r="I9">
         <v>2010</v>
       </c>
       <c r="J9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K9" t="s">
         <v>47</v>
       </c>
       <c r="L9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2010</v>
       </c>
       <c r="I10">
         <v>2010</v>
       </c>
       <c r="J10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K10" t="s">
         <v>47</v>
       </c>
       <c r="L10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>34</v>
       </c>
       <c r="G11" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H11">
         <v>2019</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K11" t="s">
         <v>47</v>
       </c>
       <c r="L11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M11"/>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="P11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H12">
         <v>2019</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K12" t="s">
         <v>47</v>
       </c>
       <c r="L12" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="P12" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>34</v>
       </c>
       <c r="G13" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H13">
         <v>2014</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K13" t="s">
         <v>47</v>
       </c>
       <c r="L13" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M13"/>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="P13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H14">
         <v>2014</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K14" t="s">
         <v>47</v>
       </c>
       <c r="L14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P14" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H15">
         <v>2019</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K15" t="s">
         <v>47</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B16" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C16" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D16" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2024</v>
       </c>
       <c r="I16">
         <v>2024</v>
       </c>
       <c r="J16" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="K16" t="s">
         <v>47</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O16" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P16" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B17" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C17" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H17">
         <v>2014</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K17" t="s">
         <v>47</v>
       </c>
       <c r="L17" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M17"/>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="P17" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B18" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C18" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>21</v>
       </c>
       <c r="G18" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H18">
         <v>2014</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K18" t="s">
         <v>47</v>
       </c>
       <c r="L18" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="M18" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P18" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B19" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C19" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D19" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K19" t="s">
         <v>47</v>
       </c>
       <c r="L19"/>
       <c r="M19"/>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="P19" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B20" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C20" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D20" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K20" t="s">
         <v>47</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="P20" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B21" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C21" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D21" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H21">
         <v>2011</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K21" t="s">
         <v>47</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O21" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="P21" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C22" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D22" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H22">
         <v>2011</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="K22" t="s">
         <v>47</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="N22" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O22" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="P22" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B23" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C23" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D23" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E23" t="s">
         <v>33</v>
       </c>
       <c r="F23" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G23" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H23">
         <v>2009</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K23" t="s">
         <v>47</v>
       </c>
       <c r="L23" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M23" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="N23" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O23" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P23" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B24" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C24" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D24" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2011</v>
       </c>
       <c r="I24">
         <v>2023</v>
       </c>
       <c r="J24" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K24" t="s">
         <v>47</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="P24" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B25" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C25" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D25" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H25">
         <v>2020</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="K25" t="s">
         <v>47</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="P25" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B26" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C26" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D26" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="K26" t="s">
         <v>47</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P26" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B27" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C27" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D27" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E27" t="s">
         <v>33</v>
       </c>
       <c r="F27" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G27" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K27" t="s">
         <v>47</v>
       </c>
       <c r="L27" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M27" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="P27" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C28" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D28" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E28" t="s">
         <v>33</v>
       </c>
       <c r="F28" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G28" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H28">
         <v>2013</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K28" t="s">
         <v>47</v>
       </c>
       <c r="L28" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="M28" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="N28" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O28" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="P28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B29" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C29" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D29" t="s">
         <v>55</v>
       </c>
       <c r="E29" t="s">
         <v>33</v>
       </c>
       <c r="F29" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G29" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H29">
         <v>2011</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K29" t="s">
         <v>47</v>
       </c>
       <c r="L29" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="M29" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="P29" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B30" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C30" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D30" t="s">
         <v>55</v>
       </c>
       <c r="E30" t="s">
         <v>33</v>
       </c>
       <c r="F30" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G30" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K30" t="s">
         <v>47</v>
       </c>
       <c r="L30" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="M30" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="P30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B31" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C31" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D31" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E31" t="s">
         <v>33</v>
       </c>
       <c r="F31" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31">
         <v>2012</v>
       </c>
       <c r="J31" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K31" t="s">
         <v>47</v>
       </c>
       <c r="L31" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="M31" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P31" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B32" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C32" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D32" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>34</v>
       </c>
       <c r="G32" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H32">
         <v>2009</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="K32" t="s">
         <v>47</v>
       </c>
       <c r="L32" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M32" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="P32" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B33" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C33" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D33" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2009</v>
       </c>
       <c r="I33">
         <v>2024</v>
       </c>
       <c r="J33" t="s">
         <v>23</v>
       </c>
       <c r="K33" t="s">
         <v>47</v>
       </c>
       <c r="L33" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="M33" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P33" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B34" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C34" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D34" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2016</v>
       </c>
       <c r="I34">
         <v>2019</v>
       </c>
       <c r="J34" t="s">
         <v>46</v>
       </c>
       <c r="K34" t="s">
         <v>36</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="P34" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B35" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C35" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D35" t="s">
         <v>55</v>
       </c>
       <c r="E35" t="s">
         <v>33</v>
       </c>
       <c r="F35" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2001</v>
       </c>
       <c r="I35">
         <v>2018</v>
       </c>
       <c r="J35" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K35" t="s">
         <v>47</v>
       </c>
       <c r="L35" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M35" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P35" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B36" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C36" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D36" t="s">
         <v>44</v>
       </c>
       <c r="E36" t="s">
         <v>33</v>
       </c>
       <c r="F36" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2012</v>
       </c>
       <c r="I36">
         <v>2015</v>
       </c>
       <c r="J36" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K36" t="s">
         <v>47</v>
       </c>
       <c r="L36" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="M36" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="P36" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B37" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C37" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D37" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E37" t="s">
         <v>33</v>
       </c>
       <c r="F37" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2009</v>
       </c>
       <c r="I37">
         <v>2020</v>
       </c>
       <c r="J37" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K37" t="s">
         <v>47</v>
       </c>
       <c r="L37" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="M37" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P37" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B38" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C38" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D38" t="s">
         <v>55</v>
       </c>
       <c r="E38" t="s">
         <v>33</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>1981</v>
       </c>
       <c r="I38">
         <v>1982</v>
       </c>
       <c r="J38" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K38" t="s">
         <v>47</v>
       </c>
       <c r="L38" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="M38" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P38" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B39" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C39" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D39" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="G39" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H39">
         <v>2017</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="K39" t="s">
         <v>47</v>
       </c>
       <c r="L39" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="M39" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="P39"/>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B40" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C40" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D40" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>268</v>
+        <v>45</v>
       </c>
       <c r="H40">
         <v>1989</v>
       </c>
       <c r="I40">
         <v>2009</v>
       </c>
       <c r="J40" t="s">
         <v>269</v>
       </c>
       <c r="K40" t="s">
         <v>47</v>
       </c>
       <c r="L40" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M40" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
         <v>270</v>
       </c>
       <c r="P40" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>272</v>
       </c>
       <c r="B41" t="s">
         <v>273</v>
       </c>
       <c r="C41" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D41" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>1989</v>
       </c>
       <c r="I41">
         <v>2021</v>
       </c>
       <c r="J41" t="s">
         <v>269</v>
       </c>
       <c r="K41" t="s">
         <v>47</v>
       </c>
       <c r="L41" t="s">
         <v>274</v>
       </c>
       <c r="M41" t="s">
         <v>275</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
         <v>276</v>
       </c>
       <c r="P41" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>278</v>
       </c>
       <c r="B42" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C42" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D42" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>21</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2010</v>
       </c>
       <c r="I42">
         <v>2021</v>
       </c>
       <c r="J42" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K42" t="s">
         <v>47</v>
       </c>
       <c r="L42" t="s">
         <v>279</v>
       </c>
       <c r="M42" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N42" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O42" t="s">
         <v>280</v>
       </c>
       <c r="P42" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>282</v>
       </c>
       <c r="B43" t="s">
         <v>283</v>
       </c>
       <c r="C43" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D43" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H43">
         <v>2012</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K43" t="s">
         <v>47</v>
       </c>
       <c r="L43" t="s">
         <v>284</v>
       </c>
       <c r="M43" t="s">
         <v>285</v>
       </c>
       <c r="N43" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O43" t="s">
         <v>286</v>
       </c>
       <c r="P43" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>288</v>
       </c>
       <c r="B44" t="s">
         <v>289</v>
       </c>
       <c r="C44" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D44" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H44">
         <v>2016</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K44" t="s">
         <v>47</v>
       </c>
       <c r="L44" t="s">
         <v>290</v>
       </c>
       <c r="M44" t="s">
         <v>285</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>291</v>
       </c>
       <c r="P44" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>293</v>
       </c>
       <c r="B45" t="s">
@@ -4230,1949 +4205,1899 @@
       </c>
       <c r="M45" t="s">
         <v>298</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
         <v>299</v>
       </c>
       <c r="P45" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>301</v>
       </c>
       <c r="B46" t="s">
         <v>302</v>
       </c>
       <c r="C46" t="s">
         <v>303</v>
       </c>
       <c r="D46" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E46" t="s">
         <v>33</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H46">
         <v>1986</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K46" t="s">
         <v>47</v>
       </c>
       <c r="L46" t="s">
         <v>304</v>
       </c>
       <c r="M46" t="s">
         <v>305</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
         <v>306</v>
       </c>
       <c r="P46" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
         <v>308</v>
       </c>
       <c r="B47" t="s">
         <v>309</v>
       </c>
       <c r="C47" t="s">
         <v>310</v>
       </c>
       <c r="D47" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2013</v>
       </c>
       <c r="I47">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J47" t="s">
         <v>311</v>
       </c>
       <c r="K47" t="s">
         <v>47</v>
       </c>
       <c r="L47" t="s">
         <v>312</v>
       </c>
       <c r="M47" t="s">
         <v>313</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
         <v>314</v>
       </c>
       <c r="P47" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>316</v>
       </c>
       <c r="B48" t="s">
         <v>317</v>
       </c>
       <c r="C48" t="s">
+        <v>185</v>
+      </c>
+      <c r="D48" t="s">
+        <v>55</v>
+      </c>
+      <c r="E48" t="s">
+        <v>33</v>
+      </c>
+      <c r="F48" t="s">
+        <v>153</v>
+      </c>
+      <c r="G48" t="s">
+        <v>64</v>
+      </c>
+      <c r="H48">
+        <v>2011</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>187</v>
+      </c>
+      <c r="K48" t="s">
+        <v>47</v>
+      </c>
+      <c r="L48" t="s">
         <v>318</v>
       </c>
-      <c r="D48" t="s">
-[...17 lines deleted...]
-      <c r="J48" t="s">
+      <c r="M48" t="s">
+        <v>204</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
         <v>319</v>
       </c>
-      <c r="K48" t="s">
-[...2 lines deleted...]
-      <c r="L48" t="s">
+      <c r="P48" t="s">
         <v>320</v>
-      </c>
-[...10 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
+        <v>321</v>
+      </c>
+      <c r="B49" t="s">
+        <v>322</v>
+      </c>
+      <c r="C49" t="s">
+        <v>310</v>
+      </c>
+      <c r="D49" t="s">
+        <v>177</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>225</v>
+      </c>
+      <c r="G49" t="s">
         <v>323</v>
       </c>
-      <c r="B49" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H49">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>186</v>
+        <v>324</v>
       </c>
       <c r="K49" t="s">
         <v>47</v>
       </c>
       <c r="L49" t="s">
         <v>325</v>
       </c>
       <c r="M49" t="s">
-        <v>203</v>
+        <v>313</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
         <v>326</v>
       </c>
       <c r="P49" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>328</v>
       </c>
       <c r="B50" t="s">
         <v>329</v>
       </c>
       <c r="C50" t="s">
-        <v>318</v>
+        <v>214</v>
       </c>
       <c r="D50" t="s">
-        <v>176</v>
+        <v>78</v>
       </c>
       <c r="E50" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F50" t="s">
-        <v>224</v>
+        <v>153</v>
       </c>
       <c r="G50" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H50">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
+        <v>216</v>
+      </c>
+      <c r="K50" t="s">
+        <v>47</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>218</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
         <v>330</v>
       </c>
-      <c r="K50" t="s">
-[...2 lines deleted...]
-      <c r="L50" t="s">
+      <c r="P50" t="s">
         <v>331</v>
-      </c>
-[...10 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="B51" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="C51" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D51" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="E51" t="s">
         <v>33</v>
       </c>
       <c r="F51" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G51" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="H51">
         <v>2012</v>
       </c>
-      <c r="I51"/>
+      <c r="I51">
+        <v>2012</v>
+      </c>
       <c r="J51" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="K51" t="s">
         <v>47</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="N51" t="s">
-        <v>27</v>
+        <v>93</v>
       </c>
       <c r="O51" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="P51" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>334</v>
       </c>
       <c r="B52" t="s">
+        <v>335</v>
+      </c>
+      <c r="C52" t="s">
+        <v>169</v>
+      </c>
+      <c r="D52" t="s">
+        <v>336</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>225</v>
+      </c>
+      <c r="G52" t="s">
+        <v>64</v>
+      </c>
+      <c r="H52">
+        <v>2023</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>163</v>
+      </c>
+      <c r="K52" t="s">
+        <v>47</v>
+      </c>
+      <c r="L52" t="s">
+        <v>337</v>
+      </c>
+      <c r="M52" t="s">
+        <v>171</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
         <v>338</v>
       </c>
-      <c r="C52" t="s">
-[...33 lines deleted...]
-      <c r="O52" t="s">
+      <c r="P52" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>340</v>
       </c>
       <c r="B53" t="s">
         <v>341</v>
       </c>
       <c r="C53" t="s">
-        <v>168</v>
+        <v>342</v>
       </c>
       <c r="D53" t="s">
-        <v>342</v>
+        <v>215</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
-        <v>224</v>
+        <v>34</v>
       </c>
       <c r="G53" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="H53">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="I53"/>
+        <v>2008</v>
+      </c>
+      <c r="I53">
+        <v>2021</v>
+      </c>
       <c r="J53" t="s">
-        <v>162</v>
+        <v>343</v>
       </c>
       <c r="K53" t="s">
         <v>47</v>
       </c>
       <c r="L53" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="M53" t="s">
-        <v>170</v>
+        <v>345</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="P53" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B54" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C54" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="D54" t="s">
-        <v>214</v>
+        <v>125</v>
       </c>
       <c r="E54" t="s">
         <v>20</v>
       </c>
       <c r="F54" t="s">
-        <v>34</v>
+        <v>225</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2008</v>
       </c>
       <c r="I54">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="J54" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="K54" t="s">
         <v>47</v>
       </c>
       <c r="L54" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="M54" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="N54" t="s">
-        <v>27</v>
+        <v>93</v>
       </c>
       <c r="O54" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="P54" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B55" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C55" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D55" t="s">
-        <v>124</v>
+        <v>138</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="I55">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="J55" t="s">
-        <v>357</v>
+        <v>154</v>
       </c>
       <c r="K55" t="s">
         <v>47</v>
       </c>
       <c r="L55" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="M55" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="N55" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="P55" t="s">
         <v>361</v>
       </c>
+      <c r="P55"/>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
         <v>362</v>
       </c>
       <c r="B56" t="s">
         <v>363</v>
       </c>
       <c r="C56" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="D56" t="s">
-        <v>137</v>
+        <v>44</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2013</v>
       </c>
       <c r="I56">
         <v>2014</v>
       </c>
       <c r="J56" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="K56" t="s">
         <v>47</v>
       </c>
       <c r="L56" t="s">
+        <v>364</v>
+      </c>
+      <c r="M56" t="s">
+        <v>360</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
         <v>365</v>
       </c>
-      <c r="M56" t="s">
+      <c r="P56" t="s">
         <v>366</v>
       </c>
-      <c r="N56" t="s">
-[...5 lines deleted...]
-      <c r="P56"/>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
+        <v>367</v>
+      </c>
+      <c r="B57" t="s">
         <v>368</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>369</v>
       </c>
-      <c r="C57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D57" t="s">
-        <v>44</v>
+        <v>370</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>2013</v>
+        <v>1996</v>
       </c>
       <c r="I57">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="J57" t="s">
-        <v>153</v>
+        <v>216</v>
       </c>
       <c r="K57" t="s">
         <v>47</v>
       </c>
       <c r="L57" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="M57" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="P57" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B58" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C58" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="D58" t="s">
-        <v>376</v>
+        <v>99</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>1996</v>
       </c>
       <c r="I58">
         <v>2017</v>
       </c>
       <c r="J58" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="K58" t="s">
         <v>47</v>
       </c>
-      <c r="L58" t="s">
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>372</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
         <v>377</v>
       </c>
-      <c r="M58" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P58" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="B59" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="C59" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="D59" t="s">
-        <v>98</v>
+        <v>125</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H59">
-        <v>1996</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I59"/>
       <c r="J59" t="s">
-        <v>215</v>
+        <v>381</v>
       </c>
       <c r="K59" t="s">
         <v>47</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
         <v>383</v>
       </c>
       <c r="P59" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B60" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C60" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="D60" t="s">
-        <v>124</v>
+        <v>387</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H60">
         <v>2022</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="K60" t="s">
         <v>47</v>
       </c>
       <c r="L60"/>
       <c r="M60" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
         <v>389</v>
       </c>
       <c r="P60" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
+        <v>390</v>
+      </c>
+      <c r="B61" t="s">
         <v>391</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="D61" t="s">
-        <v>393</v>
+        <v>336</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H61">
         <v>2022</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
-        <v>394</v>
+        <v>381</v>
       </c>
       <c r="K61" t="s">
         <v>47</v>
       </c>
       <c r="L61"/>
       <c r="M61" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="P61" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
+        <v>393</v>
+      </c>
+      <c r="B62" t="s">
+        <v>394</v>
+      </c>
+      <c r="C62" t="s">
+        <v>395</v>
+      </c>
+      <c r="D62" t="s">
         <v>396</v>
-      </c>
-[...7 lines deleted...]
-        <v>342</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G62" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H62">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="I62"/>
       <c r="J62" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
       <c r="K62" t="s">
         <v>47</v>
       </c>
       <c r="L62"/>
       <c r="M62" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="P62" t="s">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="B63" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C63" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="D63" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="G63" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H63">
         <v>2025</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="K63" t="s">
         <v>47</v>
       </c>
       <c r="L63"/>
       <c r="M63" t="s">
+        <v>398</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>403</v>
+      </c>
+      <c r="P63" t="s">
         <v>404</v>
-      </c>
-[...7 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="B64" t="s">
-        <v>408</v>
+        <v>213</v>
       </c>
       <c r="C64" t="s">
-        <v>401</v>
+        <v>214</v>
       </c>
       <c r="D64" t="s">
-        <v>402</v>
+        <v>215</v>
       </c>
       <c r="E64" t="s">
         <v>20</v>
       </c>
       <c r="F64" t="s">
         <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H64">
-        <v>2025</v>
+        <v>2009</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>403</v>
+        <v>216</v>
       </c>
       <c r="K64" t="s">
         <v>47</v>
       </c>
-      <c r="L64"/>
+      <c r="L64" t="s">
+        <v>217</v>
+      </c>
       <c r="M64" t="s">
-        <v>404</v>
+        <v>218</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="P64" t="s">
-        <v>410</v>
+        <v>220</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="B65" t="s">
-        <v>212</v>
+        <v>408</v>
       </c>
       <c r="C65" t="s">
-        <v>213</v>
+        <v>409</v>
       </c>
       <c r="D65" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E65" t="s">
         <v>20</v>
       </c>
       <c r="F65" t="s">
-        <v>21</v>
+        <v>225</v>
       </c>
       <c r="G65" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H65">
-        <v>2009</v>
+        <v>2021</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>215</v>
+        <v>46</v>
       </c>
       <c r="K65" t="s">
         <v>47</v>
       </c>
       <c r="L65" t="s">
-        <v>216</v>
+        <v>410</v>
       </c>
       <c r="M65" t="s">
-        <v>217</v>
+        <v>411</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
         <v>412</v>
       </c>
       <c r="P65" t="s">
-        <v>219</v>
+        <v>413</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B66" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C66" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="D66" t="s">
-        <v>214</v>
+        <v>416</v>
       </c>
       <c r="E66" t="s">
         <v>20</v>
       </c>
       <c r="F66" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="G66" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H66">
         <v>2021</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
         <v>46</v>
       </c>
       <c r="K66" t="s">
         <v>47</v>
       </c>
-      <c r="L66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L66"/>
       <c r="M66" t="s">
         <v>417</v>
       </c>
       <c r="N66" t="s">
         <v>27</v>
       </c>
       <c r="O66" t="s">
         <v>418</v>
       </c>
       <c r="P66" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
         <v>420</v>
       </c>
       <c r="B67" t="s">
         <v>421</v>
       </c>
       <c r="C67" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="D67" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="E67" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F67" t="s">
-        <v>224</v>
+        <v>424</v>
       </c>
       <c r="G67" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H67">
-        <v>2021</v>
+        <v>2009</v>
       </c>
       <c r="I67"/>
       <c r="J67" t="s">
-        <v>46</v>
+        <v>425</v>
       </c>
       <c r="K67" t="s">
         <v>47</v>
       </c>
       <c r="L67"/>
       <c r="M67" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="N67" t="s">
         <v>27</v>
       </c>
       <c r="O67" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="P67" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="B68" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C68" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="D68" t="s">
-        <v>429</v>
+        <v>177</v>
       </c>
       <c r="E68" t="s">
         <v>33</v>
       </c>
       <c r="F68" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="G68" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H68">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="I68"/>
       <c r="J68" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="K68" t="s">
         <v>47</v>
       </c>
       <c r="L68"/>
       <c r="M68" t="s">
+        <v>426</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>431</v>
+      </c>
+      <c r="P68" t="s">
         <v>432</v>
-      </c>
-[...7 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
+        <v>433</v>
+      </c>
+      <c r="B69" t="s">
+        <v>434</v>
+      </c>
+      <c r="C69" t="s">
+        <v>342</v>
+      </c>
+      <c r="D69" t="s">
+        <v>55</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>21</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2008</v>
+      </c>
+      <c r="I69">
+        <v>2017</v>
+      </c>
+      <c r="J69" t="s">
+        <v>343</v>
+      </c>
+      <c r="K69" t="s">
+        <v>47</v>
+      </c>
+      <c r="L69" t="s">
         <v>435</v>
       </c>
-      <c r="B69" t="s">
+      <c r="M69" t="s">
         <v>436</v>
-      </c>
-[...27 lines deleted...]
-        <v>432</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
         <v>437</v>
       </c>
       <c r="P69" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
         <v>439</v>
       </c>
       <c r="B70" t="s">
         <v>440</v>
       </c>
       <c r="C70" t="s">
-        <v>348</v>
+        <v>295</v>
       </c>
       <c r="D70" t="s">
-        <v>55</v>
+        <v>99</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>21</v>
       </c>
       <c r="G70" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H70">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2012</v>
+      </c>
+      <c r="I70"/>
       <c r="J70" t="s">
-        <v>349</v>
+        <v>35</v>
       </c>
       <c r="K70" t="s">
         <v>47</v>
       </c>
       <c r="L70" t="s">
+        <v>297</v>
+      </c>
+      <c r="M70" t="s">
+        <v>298</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
         <v>441</v>
       </c>
-      <c r="M70" t="s">
+      <c r="P70" t="s">
         <v>442</v>
-      </c>
-[...7 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
+        <v>443</v>
+      </c>
+      <c r="B71" t="s">
+        <v>444</v>
+      </c>
+      <c r="C71" t="s">
         <v>445</v>
       </c>
-      <c r="B71" t="s">
+      <c r="D71" t="s">
         <v>446</v>
       </c>
-      <c r="C71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E71" t="s">
-        <v>20</v>
+        <v>447</v>
       </c>
       <c r="F71" t="s">
-        <v>21</v>
+        <v>448</v>
       </c>
       <c r="G71" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H71">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>35</v>
+        <v>163</v>
       </c>
       <c r="K71" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>449</v>
+      </c>
+      <c r="L71"/>
       <c r="M71" t="s">
-        <v>298</v>
+        <v>450</v>
       </c>
       <c r="N71" t="s">
-        <v>27</v>
+        <v>93</v>
       </c>
       <c r="O71" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="P71" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="B72" t="s">
+        <v>454</v>
+      </c>
+      <c r="C72" t="s">
+        <v>445</v>
+      </c>
+      <c r="D72" t="s">
+        <v>55</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>225</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2014</v>
+      </c>
+      <c r="I72">
+        <v>2024</v>
+      </c>
+      <c r="J72" t="s">
+        <v>455</v>
+      </c>
+      <c r="K72" t="s">
+        <v>47</v>
+      </c>
+      <c r="L72" t="s">
+        <v>456</v>
+      </c>
+      <c r="M72" t="s">
         <v>450</v>
       </c>
-      <c r="C72" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="N72" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="O72" t="s">
         <v>457</v>
       </c>
       <c r="P72" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
         <v>459</v>
       </c>
       <c r="B73" t="s">
         <v>460</v>
       </c>
       <c r="C73" t="s">
-        <v>451</v>
+        <v>461</v>
       </c>
       <c r="D73" t="s">
-        <v>55</v>
+        <v>462</v>
       </c>
       <c r="E73" t="s">
-        <v>20</v>
+        <v>447</v>
       </c>
       <c r="F73" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="G73" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="H73"/>
+      <c r="I73"/>
       <c r="J73" t="s">
-        <v>461</v>
+        <v>397</v>
       </c>
       <c r="K73" t="s">
         <v>47</v>
       </c>
-      <c r="L73" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L73"/>
+      <c r="M73"/>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
         <v>463</v>
       </c>
       <c r="P73" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
         <v>465</v>
       </c>
       <c r="B74" t="s">
         <v>466</v>
       </c>
       <c r="C74" t="s">
+        <v>342</v>
+      </c>
+      <c r="D74" t="s">
+        <v>177</v>
+      </c>
+      <c r="E74" t="s">
+        <v>33</v>
+      </c>
+      <c r="F74" t="s">
+        <v>153</v>
+      </c>
+      <c r="G74" t="s">
+        <v>22</v>
+      </c>
+      <c r="H74">
+        <v>1997</v>
+      </c>
+      <c r="I74">
+        <v>2011</v>
+      </c>
+      <c r="J74" t="s">
+        <v>343</v>
+      </c>
+      <c r="K74" t="s">
+        <v>47</v>
+      </c>
+      <c r="L74" t="s">
         <v>467</v>
       </c>
-      <c r="D74" t="s">
+      <c r="M74" t="s">
         <v>468</v>
       </c>
-      <c r="E74" t="s">
-[...17 lines deleted...]
-      <c r="M74"/>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
         <v>469</v>
       </c>
       <c r="P74" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
         <v>471</v>
       </c>
       <c r="B75" t="s">
         <v>472</v>
       </c>
       <c r="C75" t="s">
-        <v>348</v>
+        <v>473</v>
       </c>
       <c r="D75" t="s">
-        <v>176</v>
+        <v>474</v>
       </c>
       <c r="E75" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F75" t="s">
-        <v>152</v>
+        <v>225</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
-        <v>1997</v>
+        <v>2017</v>
       </c>
       <c r="I75">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="J75" t="s">
-        <v>349</v>
+        <v>324</v>
       </c>
       <c r="K75" t="s">
-        <v>47</v>
+        <v>475</v>
       </c>
       <c r="L75" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="M75" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="N75" t="s">
-        <v>27</v>
+        <v>93</v>
       </c>
       <c r="O75" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="P75" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B76" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C76" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="D76" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="E76" t="s">
         <v>20</v>
       </c>
       <c r="F76" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
-        <v>2017</v>
+        <v>2009</v>
       </c>
       <c r="I76">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="J76" t="s">
-        <v>330</v>
+        <v>56</v>
       </c>
       <c r="K76" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="L76"/>
       <c r="M76" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="N76" t="s">
-        <v>92</v>
+        <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="P76" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B77" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C77" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D77" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="E77" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F77" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G77" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H77">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="I77"/>
       <c r="J77" t="s">
-        <v>56</v>
+        <v>491</v>
       </c>
       <c r="K77" t="s">
         <v>47</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="P77" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B78" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="C78" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="D78" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="E78" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F78" t="s">
         <v>34</v>
       </c>
       <c r="G78" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="H78">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="I78"/>
+        <v>2008</v>
+      </c>
+      <c r="I78">
+        <v>2013</v>
+      </c>
       <c r="J78" t="s">
-        <v>497</v>
+        <v>216</v>
       </c>
       <c r="K78" t="s">
         <v>47</v>
       </c>
-      <c r="L78"/>
+      <c r="L78" t="s">
+        <v>25</v>
+      </c>
       <c r="M78" t="s">
+        <v>492</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
         <v>498</v>
       </c>
-      <c r="N78" t="s">
-[...2 lines deleted...]
-      <c r="O78" t="s">
+      <c r="P78" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
+        <v>500</v>
+      </c>
+      <c r="B79" t="s">
         <v>501</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>502</v>
       </c>
-      <c r="C79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D79" t="s">
-        <v>503</v>
+        <v>55</v>
       </c>
       <c r="E79" t="s">
         <v>20</v>
       </c>
       <c r="F79" t="s">
-        <v>34</v>
+        <v>225</v>
       </c>
       <c r="G79" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H79">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I79"/>
       <c r="J79" t="s">
-        <v>215</v>
+        <v>324</v>
       </c>
       <c r="K79" t="s">
         <v>47</v>
       </c>
       <c r="L79" t="s">
-        <v>25</v>
+        <v>503</v>
       </c>
       <c r="M79" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="P79" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B80" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C80" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D80" t="s">
-        <v>55</v>
+        <v>510</v>
       </c>
       <c r="E80" t="s">
         <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>224</v>
+        <v>34</v>
       </c>
       <c r="G80" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H80">
-        <v>2011</v>
+        <v>2017</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>330</v>
+        <v>46</v>
       </c>
       <c r="K80" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="L80"/>
       <c r="M80" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="N80" t="s">
-        <v>27</v>
+        <v>93</v>
       </c>
       <c r="O80" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="P80" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B81" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C81" t="s">
-        <v>515</v>
+        <v>160</v>
       </c>
       <c r="D81" t="s">
-        <v>516</v>
+        <v>177</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>34</v>
+        <v>225</v>
       </c>
       <c r="G81" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="H81">
-        <v>2017</v>
-[...1 lines deleted...]
-      <c r="I81"/>
+        <v>2007</v>
+      </c>
+      <c r="I81">
+        <v>2020</v>
+      </c>
       <c r="J81" t="s">
-        <v>46</v>
+        <v>163</v>
       </c>
       <c r="K81" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L81"/>
+        <v>47</v>
+      </c>
+      <c r="L81" t="s">
+        <v>516</v>
+      </c>
       <c r="M81" t="s">
+        <v>164</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
         <v>517</v>
       </c>
-      <c r="N81" t="s">
-[...2 lines deleted...]
-      <c r="O81" t="s">
+      <c r="P81" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
+        <v>519</v>
+      </c>
+      <c r="B82" t="s">
         <v>520</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
+        <v>422</v>
+      </c>
+      <c r="D82" t="s">
         <v>521</v>
       </c>
-      <c r="C82" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E82" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F82" t="s">
-        <v>224</v>
+        <v>153</v>
       </c>
       <c r="G82" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H82">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I82"/>
       <c r="J82" t="s">
-        <v>162</v>
+        <v>522</v>
       </c>
       <c r="K82" t="s">
         <v>47</v>
       </c>
       <c r="L82" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="M82" t="s">
-        <v>163</v>
+        <v>524</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="P82" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B83" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C83" t="s">
-        <v>428</v>
+        <v>98</v>
       </c>
       <c r="D83" t="s">
-        <v>527</v>
+        <v>99</v>
       </c>
       <c r="E83" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>152</v>
+        <v>21</v>
       </c>
       <c r="G83" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H83">
-        <v>2011</v>
+        <v>2021</v>
       </c>
       <c r="I83"/>
       <c r="J83" t="s">
-        <v>528</v>
+        <v>100</v>
       </c>
       <c r="K83" t="s">
         <v>47</v>
       </c>
-      <c r="L83" t="s">
+      <c r="L83"/>
+      <c r="M83"/>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
         <v>529</v>
       </c>
-      <c r="M83" t="s">
+      <c r="P83" t="s">
         <v>530</v>
-      </c>
-[...7 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
+        <v>531</v>
+      </c>
+      <c r="B84" t="s">
+        <v>532</v>
+      </c>
+      <c r="C84" t="s">
+        <v>422</v>
+      </c>
+      <c r="D84" t="s">
+        <v>521</v>
+      </c>
+      <c r="E84" t="s">
+        <v>33</v>
+      </c>
+      <c r="F84" t="s">
+        <v>34</v>
+      </c>
+      <c r="G84" t="s">
+        <v>22</v>
+      </c>
+      <c r="H84">
+        <v>2001</v>
+      </c>
+      <c r="I84">
+        <v>2019</v>
+      </c>
+      <c r="J84" t="s">
+        <v>179</v>
+      </c>
+      <c r="K84" t="s">
+        <v>47</v>
+      </c>
+      <c r="L84" t="s">
         <v>533</v>
       </c>
-      <c r="B84" t="s">
+      <c r="M84" t="s">
         <v>534</v>
       </c>
-      <c r="C84" t="s">
-[...25 lines deleted...]
-      <c r="M84"/>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
         <v>535</v>
       </c>
       <c r="P84" t="s">
         <v>536</v>
-      </c>
-[...48 lines deleted...]
-        <v>542</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">