--- v0 (2025-12-06)
+++ v1 (2026-02-03)
@@ -680,69 +680,69 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
     <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
@@ -2779,51 +2779,51 @@
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>219</v>
       </c>
       <c r="B29" t="s">
         <v>220</v>
       </c>
       <c r="C29" t="s">
         <v>221</v>
       </c>
       <c r="D29" t="s">
         <v>222</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>34</v>
       </c>
       <c r="G29" t="s">
         <v>62</v>
       </c>
       <c r="H29">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>223</v>
       </c>
       <c r="K29" t="s">
         <v>46</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>224</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
         <v>225</v>
       </c>
       <c r="P29" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>227</v>