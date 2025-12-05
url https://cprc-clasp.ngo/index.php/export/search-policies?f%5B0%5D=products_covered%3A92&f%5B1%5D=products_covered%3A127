--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,846 +12,1145 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="348">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>CEL-009. Domestic Gas Instantaneous Water Heater and Gas Fired Heating - Hot Water Combination Boilers</t>
   </si>
   <si>
+    <t>Applies to products with heating load lower than 70kW. Does not apply to storage type of gas fired heating hot water product.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-009-domestic-gas-instantaneous-water-heater-and-gas-fired-heating-hot-water</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B611_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E5%BF%AB%E9%80%9F%E7%83%AD%E6%B0%B4%E5%99%A8%E5%92%8C%E7%87%83%E6%B0%94%E9%87%87%E6%9A%96%E7%83%AD%E6%B0%B4%E7%82%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-035. Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
     <t>Heat Pumps, Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-035-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CEL-040. Groundwater Source Heat Pump Systems</t>
   </si>
   <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-040-groundwater-source-heat-pump-systems</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
   </si>
   <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 13605</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
   </si>
   <si>
     <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
 ,   
                     GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Gas, LPG</t>
   </si>
   <si>
     <t>AS 4552:2005</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for Water Heater</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME/MCT/MDIC Ordinance No. 324 of 26 May 2011</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for gas water heaters, both instantaneous and storage.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mmemctmdic-ordinance-no-324-26-may-2011</t>
   </si>
   <si>
+    <t>https://www.gov.br/mme/pt-br/assuntos/conselhos-e-comites/cgiee/arquivos/portarias/2011-portaria-interministerial-mme-mct-mdic-n_324-2011-aquecedores-de-agua-a-gas.pdf</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2021</t>
   </si>
   <si>
+    <t>This standard establishes the minimum levels of thermal efficiency that water heaters for domestic
+and commercial use must meet, the test methods used to verify said compliance, and the requirements that must be included in the user information label, as well as the procedure for evaluating the conformity of these products.
+This standard applies to water heaters for domestic and commercial use that use liquefied petroleum gas or natural gas as fuel, and provide only hot water in the liquid phase. Water heaters with a thermal load greater than 108.0 kW, absolute working pressures greater than 600 kPa or water temperatures greater than 87.0 °C (360.15 K) are excluded from the scope of application.   This policy applies to products that are imported, manufactured, or marketed within the United Mexican States.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-003-ener-2021</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5629991&amp;fecha=15/09/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-027-ENER/SCFI-2018 - Solar water heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG, Solar</t>
   </si>
   <si>
     <t>NMX-ES-004-NORMEX-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nom-027-enerscfi-2018-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/386123/nom-027-enerscfi.pdf</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 54 - Labeling for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>This policy applies to instantaneous gas water heaters.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>SEC PC N° 6/1-2</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-no-54-labeling-instantaneous-gas-water-heaters</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?i=1104856&amp;f=2017-07-04</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Instantaneous Gas Water Heaters</t>
   </si>
   <si>
+    <t>The instantaneous gas water heaters meeting the definition of instantaneous gas water heater in CNS 13603; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=27</t>
+  </si>
+  <si>
     <t>SASO 2884:2017 MEPS and labeling schemes for water heaters</t>
   </si>
   <si>
+    <t>This standard applies to:</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/saso-28842017-meps-and-labeling-schemes-water-heaters</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
+  </si>
+  <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Instantaneous Water Heater TGL-95-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to single-point and multi-point instantaneous electric water heaters. The rated single-phase AC voltage does not exceed 250 V.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1693</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-instantaneous-water-heater-tgl-95-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-95-14.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for electric water heaters</t>
+  </si>
+  <si>
+    <t>This program covers electric water heater types: instantaneous water heaters -- single point, and multipoint.</t>
   </si>
   <si>
     <t>TIS 1693-2547
 ,   
                     TIS 1375-2547</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-label-no5-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/wh.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
+  </si>
+  <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1115,2335 +1414,2650 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N53"/>
+  <dimension ref="A1:P53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="403.33" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>41</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1980</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>45</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>53</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5">
         <v>1990</v>
       </c>
-      <c r="H2">
-[...2 lines deleted...]
-      <c r="I2" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...60 lines deleted...]
-      <c r="C4" t="s">
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>62</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>43</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2008</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K7" t="s">
         <v>34</v>
       </c>
-      <c r="D4" t="s">
-[...150 lines deleted...]
-      </c>
       <c r="L7" t="s">
-        <v>53</v>
+        <v>70</v>
       </c>
       <c r="M7" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="N7" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
         <v>60</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
       <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>43</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>61</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>76</v>
+      </c>
+      <c r="M8" t="s">
+        <v>64</v>
+      </c>
+      <c r="N8" t="s">
         <v>36</v>
       </c>
-      <c r="F8" t="s">
-[...5 lines deleted...]
-      <c r="H8">
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>34</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10" t="s">
+        <v>84</v>
+      </c>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>88</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>89</v>
+      </c>
+      <c r="K11" t="s">
+        <v>95</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>90</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>98</v>
+      </c>
+      <c r="C12" t="s">
+        <v>81</v>
+      </c>
+      <c r="D12" t="s">
+        <v>75</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" t="s">
+        <v>54</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>83</v>
+      </c>
+      <c r="K12" t="s">
+        <v>95</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D13" t="s">
+        <v>82</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>54</v>
+      </c>
+      <c r="H13">
+        <v>2019</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>89</v>
+      </c>
+      <c r="K13" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>90</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>16</v>
+      </c>
+      <c r="C14" t="s">
+        <v>81</v>
+      </c>
+      <c r="D14" t="s">
+        <v>75</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>54</v>
+      </c>
+      <c r="H14">
+        <v>2013</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>83</v>
+      </c>
+      <c r="K14" t="s">
+        <v>95</v>
+      </c>
+      <c r="L14" t="s">
+        <v>25</v>
+      </c>
+      <c r="M14"/>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>105</v>
+      </c>
+      <c r="P14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>107</v>
+      </c>
+      <c r="C15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" t="s">
+        <v>75</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>54</v>
+      </c>
+      <c r="H15">
+        <v>2013</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>108</v>
+      </c>
+      <c r="K15" t="s">
+        <v>95</v>
+      </c>
+      <c r="L15" t="s">
+        <v>25</v>
+      </c>
+      <c r="M15" t="s">
+        <v>90</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>112</v>
+      </c>
+      <c r="C16" t="s">
+        <v>113</v>
+      </c>
+      <c r="D16" t="s">
+        <v>53</v>
+      </c>
+      <c r="E16" t="s">
+        <v>42</v>
+      </c>
+      <c r="F16" t="s">
+        <v>114</v>
+      </c>
+      <c r="G16" t="s">
+        <v>54</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>115</v>
+      </c>
+      <c r="K16" t="s">
+        <v>62</v>
+      </c>
+      <c r="L16" t="s">
+        <v>116</v>
+      </c>
+      <c r="M16" t="s">
+        <v>117</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>118</v>
+      </c>
+      <c r="P16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>120</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>122</v>
+      </c>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>43</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
         <v>2015</v>
       </c>
-      <c r="I8" t="s">
-[...8 lines deleted...]
-      <c r="L8" t="s">
+      <c r="J17" t="s">
+        <v>123</v>
+      </c>
+      <c r="K17" t="s">
+        <v>62</v>
+      </c>
+      <c r="L17" t="s">
+        <v>124</v>
+      </c>
+      <c r="M17" t="s">
+        <v>125</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>126</v>
+      </c>
+      <c r="P17" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>128</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>130</v>
+      </c>
+      <c r="D18" t="s">
+        <v>131</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>132</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2016</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
+        <v>133</v>
+      </c>
+      <c r="K18" t="s">
+        <v>45</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>134</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>139</v>
+      </c>
+      <c r="D19" t="s">
+        <v>75</v>
+      </c>
+      <c r="E19" t="s">
+        <v>42</v>
+      </c>
+      <c r="F19" t="s">
+        <v>114</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19">
+        <v>2018</v>
+      </c>
+      <c r="J19" t="s">
+        <v>140</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>141</v>
+      </c>
+      <c r="M19" t="s">
+        <v>142</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>139</v>
+      </c>
+      <c r="D20" t="s">
+        <v>75</v>
+      </c>
+      <c r="E20" t="s">
+        <v>42</v>
+      </c>
+      <c r="F20" t="s">
+        <v>114</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2015</v>
+      </c>
+      <c r="J20" t="s">
+        <v>140</v>
+      </c>
+      <c r="K20" t="s">
+        <v>147</v>
+      </c>
+      <c r="L20" t="s">
+        <v>148</v>
+      </c>
+      <c r="M20" t="s">
+        <v>142</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>149</v>
+      </c>
+      <c r="P20" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>151</v>
+      </c>
+      <c r="B21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" t="s">
+        <v>153</v>
+      </c>
+      <c r="D21" t="s">
+        <v>82</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>132</v>
+      </c>
+      <c r="G21" t="s">
+        <v>54</v>
+      </c>
+      <c r="H21">
+        <v>2017</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>154</v>
+      </c>
+      <c r="K21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L21" t="s">
+        <v>155</v>
+      </c>
+      <c r="M21" t="s">
+        <v>156</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>157</v>
+      </c>
+      <c r="P21"/>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>158</v>
+      </c>
+      <c r="B22" t="s">
+        <v>159</v>
+      </c>
+      <c r="C22" t="s">
+        <v>60</v>
+      </c>
+      <c r="D22" t="s">
         <v>53</v>
       </c>
-      <c r="M8" t="s">
-[...2 lines deleted...]
-      <c r="N8" t="s">
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2006</v>
+      </c>
+      <c r="I22">
+        <v>2016</v>
+      </c>
+      <c r="J22" t="s">
+        <v>140</v>
+      </c>
+      <c r="K22" t="s">
         <v>62</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B9" t="s">
+      <c r="L22" t="s">
+        <v>160</v>
+      </c>
+      <c r="M22" t="s">
         <v>64</v>
       </c>
-      <c r="C9" t="s">
-[...221 lines deleted...]
-      <c r="K14" t="s">
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>161</v>
+      </c>
+      <c r="P22" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>163</v>
+      </c>
+      <c r="B23" t="s">
+        <v>164</v>
+      </c>
+      <c r="C23" t="s">
+        <v>165</v>
+      </c>
+      <c r="D23" t="s">
+        <v>166</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>43</v>
+      </c>
+      <c r="G23" t="s">
         <v>22</v>
-      </c>
-[...372 lines deleted...]
-        <v>2019</v>
       </c>
       <c r="H23">
         <v>2019</v>
       </c>
-      <c r="I23" t="s">
-        <v>37</v>
+      <c r="I23">
+        <v>2019</v>
       </c>
       <c r="J23" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="K23" t="s">
+        <v>34</v>
+      </c>
+      <c r="L23" t="s">
+        <v>167</v>
+      </c>
+      <c r="M23" t="s">
+        <v>168</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>169</v>
+      </c>
+      <c r="P23" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>171</v>
+      </c>
+      <c r="B24" t="s">
+        <v>172</v>
+      </c>
+      <c r="C24" t="s">
+        <v>173</v>
+      </c>
+      <c r="D24" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>1989</v>
+      </c>
+      <c r="I24">
+        <v>2017</v>
+      </c>
+      <c r="J24" t="s">
+        <v>174</v>
+      </c>
+      <c r="K24" t="s">
+        <v>175</v>
+      </c>
+      <c r="L24" t="s">
+        <v>176</v>
+      </c>
+      <c r="M24" t="s">
+        <v>177</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P24" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>180</v>
+      </c>
+      <c r="B25" t="s">
+        <v>181</v>
+      </c>
+      <c r="C25" t="s">
+        <v>113</v>
+      </c>
+      <c r="D25" t="s">
+        <v>53</v>
+      </c>
+      <c r="E25" t="s">
+        <v>42</v>
+      </c>
+      <c r="F25" t="s">
+        <v>114</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2006</v>
+      </c>
+      <c r="I25">
+        <v>2015</v>
+      </c>
+      <c r="J25" t="s">
+        <v>115</v>
+      </c>
+      <c r="K25" t="s">
+        <v>62</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>182</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>183</v>
+      </c>
+      <c r="P25" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>185</v>
+      </c>
+      <c r="B26" t="s">
+        <v>186</v>
+      </c>
+      <c r="C26" t="s">
+        <v>187</v>
+      </c>
+      <c r="D26" t="s">
+        <v>53</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>132</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2003</v>
+      </c>
+      <c r="I26">
+        <v>2010</v>
+      </c>
+      <c r="J26" t="s">
+        <v>123</v>
+      </c>
+      <c r="K26" t="s">
+        <v>62</v>
+      </c>
+      <c r="L26" t="s">
+        <v>188</v>
+      </c>
+      <c r="M26" t="s">
+        <v>189</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>190</v>
+      </c>
+      <c r="P26" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>192</v>
+      </c>
+      <c r="B27" t="s">
+        <v>193</v>
+      </c>
+      <c r="C27" t="s">
+        <v>194</v>
+      </c>
+      <c r="D27" t="s">
+        <v>195</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>43</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1996</v>
+      </c>
+      <c r="I27">
+        <v>2017</v>
+      </c>
+      <c r="J27" t="s">
+        <v>196</v>
+      </c>
+      <c r="K27" t="s">
+        <v>34</v>
+      </c>
+      <c r="L27" t="s">
+        <v>197</v>
+      </c>
+      <c r="M27" t="s">
+        <v>198</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>199</v>
+      </c>
+      <c r="P27" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>201</v>
+      </c>
+      <c r="B28" t="s">
+        <v>202</v>
+      </c>
+      <c r="C28" t="s">
+        <v>194</v>
+      </c>
+      <c r="D28" t="s">
+        <v>82</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1996</v>
+      </c>
+      <c r="I28">
+        <v>2017</v>
+      </c>
+      <c r="J28" t="s">
+        <v>196</v>
+      </c>
+      <c r="K28" t="s">
+        <v>34</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>198</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>203</v>
+      </c>
+      <c r="P28" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>204</v>
+      </c>
+      <c r="B29" t="s">
+        <v>205</v>
+      </c>
+      <c r="C29" t="s">
+        <v>206</v>
+      </c>
+      <c r="D29" t="s">
+        <v>75</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>54</v>
+      </c>
+      <c r="H29">
+        <v>2022</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>207</v>
+      </c>
+      <c r="K29" t="s">
+        <v>34</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>208</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>209</v>
+      </c>
+      <c r="P29" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>211</v>
+      </c>
+      <c r="B30" t="s">
+        <v>212</v>
+      </c>
+      <c r="C30" t="s">
+        <v>213</v>
+      </c>
+      <c r="D30" t="s">
+        <v>214</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>43</v>
+      </c>
+      <c r="G30" t="s">
+        <v>54</v>
+      </c>
+      <c r="H30">
+        <v>2025</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>215</v>
+      </c>
+      <c r="K30" t="s">
+        <v>34</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>216</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>217</v>
+      </c>
+      <c r="P30" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>219</v>
+      </c>
+      <c r="B31" t="s">
+        <v>220</v>
+      </c>
+      <c r="C31" t="s">
+        <v>213</v>
+      </c>
+      <c r="D31" t="s">
+        <v>75</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>43</v>
+      </c>
+      <c r="G31" t="s">
+        <v>54</v>
+      </c>
+      <c r="H31">
+        <v>2025</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>215</v>
+      </c>
+      <c r="K31" t="s">
+        <v>34</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>216</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>221</v>
+      </c>
+      <c r="P31" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>222</v>
+      </c>
+      <c r="B32" t="s">
+        <v>223</v>
+      </c>
+      <c r="C32" t="s">
+        <v>213</v>
+      </c>
+      <c r="D32" t="s">
+        <v>214</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>54</v>
+      </c>
+      <c r="H32">
+        <v>2025</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>215</v>
+      </c>
+      <c r="K32" t="s">
+        <v>34</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>216</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>224</v>
+      </c>
+      <c r="P32" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>226</v>
+      </c>
+      <c r="B33" t="s">
+        <v>121</v>
+      </c>
+      <c r="C33" t="s">
+        <v>122</v>
+      </c>
+      <c r="D33" t="s">
+        <v>53</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2010</v>
+      </c>
+      <c r="I33">
+        <v>2015</v>
+      </c>
+      <c r="J33" t="s">
+        <v>123</v>
+      </c>
+      <c r="K33" t="s">
+        <v>62</v>
+      </c>
+      <c r="L33" t="s">
+        <v>124</v>
+      </c>
+      <c r="M33" t="s">
         <v>125</v>
       </c>
-      <c r="L23" t="s">
-[...2 lines deleted...]
-      <c r="M23" t="s">
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>227</v>
+      </c>
+      <c r="P33" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>228</v>
+      </c>
+      <c r="B34" t="s">
+        <v>229</v>
+      </c>
+      <c r="C34" t="s">
+        <v>230</v>
+      </c>
+      <c r="D34" t="s">
+        <v>75</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2005</v>
+      </c>
+      <c r="I34">
+        <v>2018</v>
+      </c>
+      <c r="J34" t="s">
+        <v>115</v>
+      </c>
+      <c r="K34" t="s">
+        <v>62</v>
+      </c>
+      <c r="L34" t="s">
+        <v>231</v>
+      </c>
+      <c r="M34" t="s">
+        <v>232</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>233</v>
+      </c>
+      <c r="P34" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>235</v>
+      </c>
+      <c r="B35" t="s">
+        <v>236</v>
+      </c>
+      <c r="C35" t="s">
+        <v>213</v>
+      </c>
+      <c r="D35" t="s">
+        <v>75</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>54</v>
+      </c>
+      <c r="H35">
+        <v>2025</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>215</v>
+      </c>
+      <c r="K35" t="s">
+        <v>34</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>216</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>237</v>
+      </c>
+      <c r="P35" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>238</v>
+      </c>
+      <c r="B36" t="s">
+        <v>239</v>
+      </c>
+      <c r="C36" t="s">
+        <v>240</v>
+      </c>
+      <c r="D36" t="s">
+        <v>241</v>
+      </c>
+      <c r="E36" t="s">
+        <v>42</v>
+      </c>
+      <c r="F36" t="s">
+        <v>43</v>
+      </c>
+      <c r="G36" t="s">
+        <v>54</v>
+      </c>
+      <c r="H36">
+        <v>2012</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>115</v>
+      </c>
+      <c r="K36" t="s">
         <v>24</v>
       </c>
-      <c r="N23" t="s">
-[...10 lines deleted...]
-      <c r="C24" t="s">
+      <c r="L36" t="s">
+        <v>242</v>
+      </c>
+      <c r="M36" t="s">
+        <v>243</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>244</v>
+      </c>
+      <c r="P36" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>246</v>
+      </c>
+      <c r="B37" t="s">
+        <v>247</v>
+      </c>
+      <c r="C37" t="s">
+        <v>248</v>
+      </c>
+      <c r="D37" t="s">
+        <v>75</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2008</v>
+      </c>
+      <c r="I37">
+        <v>2011</v>
+      </c>
+      <c r="J37" t="s">
+        <v>249</v>
+      </c>
+      <c r="K37" t="s">
+        <v>62</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37" t="s">
+        <v>250</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>251</v>
+      </c>
+      <c r="P37" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>253</v>
+      </c>
+      <c r="B38" t="s">
+        <v>254</v>
+      </c>
+      <c r="C38" t="s">
+        <v>165</v>
+      </c>
+      <c r="D38" t="s">
+        <v>82</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>54</v>
+      </c>
+      <c r="H38">
+        <v>2012</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
         <v>44</v>
       </c>
-      <c r="D24" t="s">
-[...11 lines deleted...]
-      <c r="H24">
+      <c r="K38" t="s">
+        <v>34</v>
+      </c>
+      <c r="L38" t="s">
+        <v>167</v>
+      </c>
+      <c r="M38" t="s">
+        <v>168</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>255</v>
+      </c>
+      <c r="P38" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>257</v>
+      </c>
+      <c r="B39" t="s">
+        <v>258</v>
+      </c>
+      <c r="C39" t="s">
+        <v>259</v>
+      </c>
+      <c r="D39" t="s">
+        <v>75</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>132</v>
+      </c>
+      <c r="G39" t="s">
+        <v>54</v>
+      </c>
+      <c r="H39">
+        <v>2021</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>215</v>
+      </c>
+      <c r="K39" t="s">
+        <v>175</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>260</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>261</v>
+      </c>
+      <c r="P39" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>263</v>
+      </c>
+      <c r="B40"/>
+      <c r="C40" t="s">
+        <v>259</v>
+      </c>
+      <c r="D40" t="s">
+        <v>75</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>54</v>
+      </c>
+      <c r="H40">
+        <v>2018</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>174</v>
+      </c>
+      <c r="K40" t="s">
+        <v>264</v>
+      </c>
+      <c r="L40" t="s">
+        <v>265</v>
+      </c>
+      <c r="M40" t="s">
+        <v>260</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>266</v>
+      </c>
+      <c r="P40" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>268</v>
+      </c>
+      <c r="B41" t="s">
+        <v>269</v>
+      </c>
+      <c r="C41" t="s">
+        <v>270</v>
+      </c>
+      <c r="D41" t="s">
+        <v>271</v>
+      </c>
+      <c r="E41" t="s">
+        <v>42</v>
+      </c>
+      <c r="F41" t="s">
+        <v>43</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41">
+        <v>2018</v>
+      </c>
+      <c r="J41" t="s">
+        <v>272</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>273</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>274</v>
+      </c>
+      <c r="P41" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>276</v>
+      </c>
+      <c r="B42" t="s">
+        <v>277</v>
+      </c>
+      <c r="C42" t="s">
+        <v>278</v>
+      </c>
+      <c r="D42" t="s">
+        <v>53</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>43</v>
+      </c>
+      <c r="G42" t="s">
+        <v>54</v>
+      </c>
+      <c r="H42">
         <v>2017</v>
       </c>
-      <c r="I24" t="s">
-[...5 lines deleted...]
-      <c r="K24" t="s">
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>249</v>
+      </c>
+      <c r="K42" t="s">
+        <v>62</v>
+      </c>
+      <c r="L42" t="s">
+        <v>279</v>
+      </c>
+      <c r="M42" t="s">
+        <v>280</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>281</v>
+      </c>
+      <c r="P42" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>283</v>
+      </c>
+      <c r="B43" t="s">
+        <v>284</v>
+      </c>
+      <c r="C43" t="s">
+        <v>285</v>
+      </c>
+      <c r="D43" t="s">
+        <v>286</v>
+      </c>
+      <c r="E43" t="s">
+        <v>42</v>
+      </c>
+      <c r="F43" t="s">
+        <v>43</v>
+      </c>
+      <c r="G43" t="s">
+        <v>54</v>
+      </c>
+      <c r="H43">
+        <v>2014</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>287</v>
+      </c>
+      <c r="K43" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>288</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>289</v>
+      </c>
+      <c r="P43" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>291</v>
+      </c>
+      <c r="B44" t="s">
+        <v>292</v>
+      </c>
+      <c r="C44" t="s">
+        <v>285</v>
+      </c>
+      <c r="D44" t="s">
+        <v>293</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>43</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2008</v>
+      </c>
+      <c r="I44">
+        <v>2013</v>
+      </c>
+      <c r="J44" t="s">
+        <v>196</v>
+      </c>
+      <c r="K44" t="s">
+        <v>34</v>
+      </c>
+      <c r="L44" t="s">
+        <v>25</v>
+      </c>
+      <c r="M44" t="s">
+        <v>288</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>294</v>
+      </c>
+      <c r="P44" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>296</v>
+      </c>
+      <c r="B45" t="s">
+        <v>297</v>
+      </c>
+      <c r="C45" t="s">
+        <v>113</v>
+      </c>
+      <c r="D45" t="s">
+        <v>53</v>
+      </c>
+      <c r="E45" t="s">
+        <v>42</v>
+      </c>
+      <c r="F45" t="s">
+        <v>43</v>
+      </c>
+      <c r="G45" t="s">
+        <v>54</v>
+      </c>
+      <c r="H45">
+        <v>2013</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>115</v>
+      </c>
+      <c r="K45" t="s">
+        <v>62</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>117</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>298</v>
+      </c>
+      <c r="P45" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>300</v>
+      </c>
+      <c r="B46" t="s">
+        <v>301</v>
+      </c>
+      <c r="C46" t="s">
+        <v>302</v>
+      </c>
+      <c r="D46" t="s">
+        <v>75</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
         <v>132</v>
       </c>
-      <c r="L24" t="s">
-[...832 lines deleted...]
-      <c r="K44" t="s">
+      <c r="G46" t="s">
         <v>22</v>
-      </c>
-[...70 lines deleted...]
-        <v>2018</v>
       </c>
       <c r="H46">
         <v>2018</v>
       </c>
-      <c r="I46" t="s">
-        <v>146</v>
+      <c r="I46">
+        <v>2018</v>
       </c>
       <c r="J46" t="s">
-        <v>110</v>
-[...4 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="K46" t="s">
+        <v>147</v>
+      </c>
+      <c r="L46"/>
       <c r="M46" t="s">
+        <v>303</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>304</v>
+      </c>
+      <c r="P46" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>306</v>
+      </c>
+      <c r="B47" t="s">
+        <v>307</v>
+      </c>
+      <c r="C47" t="s">
+        <v>259</v>
+      </c>
+      <c r="D47" t="s">
+        <v>75</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>132</v>
+      </c>
+      <c r="G47" t="s">
+        <v>54</v>
+      </c>
+      <c r="H47">
+        <v>2011</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>249</v>
+      </c>
+      <c r="K47" t="s">
+        <v>62</v>
+      </c>
+      <c r="L47" t="s">
+        <v>308</v>
+      </c>
+      <c r="M47" t="s">
+        <v>260</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>309</v>
+      </c>
+      <c r="P47" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>311</v>
+      </c>
+      <c r="B48" t="s">
+        <v>312</v>
+      </c>
+      <c r="C48" t="s">
+        <v>313</v>
+      </c>
+      <c r="D48" t="s">
+        <v>314</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>54</v>
+      </c>
+      <c r="H48">
+        <v>2016</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>133</v>
+      </c>
+      <c r="K48" t="s">
+        <v>34</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>315</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>316</v>
+      </c>
+      <c r="P48" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>318</v>
+      </c>
+      <c r="B49" t="s">
+        <v>319</v>
+      </c>
+      <c r="C49" t="s">
+        <v>313</v>
+      </c>
+      <c r="D49" t="s">
+        <v>320</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>43</v>
+      </c>
+      <c r="G49" t="s">
+        <v>54</v>
+      </c>
+      <c r="H49">
+        <v>2017</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>133</v>
+      </c>
+      <c r="K49" t="s">
         <v>24</v>
       </c>
-      <c r="N46" t="s">
-[...98 lines deleted...]
-      <c r="E49" t="s">
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>315</v>
+      </c>
+      <c r="N49" t="s">
         <v>36</v>
       </c>
-      <c r="F49" t="s">
-[...9 lines deleted...]
-      <c r="J49" t="s">
+      <c r="O49" t="s">
+        <v>321</v>
+      </c>
+      <c r="P49" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>323</v>
+      </c>
+      <c r="B50" t="s">
+        <v>324</v>
+      </c>
+      <c r="C50" t="s">
+        <v>325</v>
+      </c>
+      <c r="D50" t="s">
+        <v>53</v>
+      </c>
+      <c r="E50" t="s">
+        <v>42</v>
+      </c>
+      <c r="F50" t="s">
+        <v>114</v>
+      </c>
+      <c r="G50" t="s">
+        <v>54</v>
+      </c>
+      <c r="H50">
+        <v>2014</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>326</v>
+      </c>
+      <c r="K50" t="s">
+        <v>34</v>
+      </c>
+      <c r="L50" t="s">
+        <v>327</v>
+      </c>
+      <c r="M50" t="s">
+        <v>328</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>329</v>
+      </c>
+      <c r="P50" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>331</v>
+      </c>
+      <c r="B51" t="s">
+        <v>332</v>
+      </c>
+      <c r="C51" t="s">
+        <v>81</v>
+      </c>
+      <c r="D51" t="s">
+        <v>82</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
         <v>21</v>
       </c>
-      <c r="K49"/>
-[...17 lines deleted...]
-      <c r="C50" t="s">
+      <c r="G51" t="s">
+        <v>54</v>
+      </c>
+      <c r="H51">
+        <v>2021</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>83</v>
+      </c>
+      <c r="K51" t="s">
+        <v>34</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51"/>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>333</v>
+      </c>
+      <c r="P51" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>335</v>
+      </c>
+      <c r="B52" t="s">
+        <v>336</v>
+      </c>
+      <c r="C52" t="s">
+        <v>325</v>
+      </c>
+      <c r="D52" t="s">
+        <v>53</v>
+      </c>
+      <c r="E52" t="s">
+        <v>42</v>
+      </c>
+      <c r="F52" t="s">
+        <v>43</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2012</v>
+      </c>
+      <c r="I52">
+        <v>2019</v>
+      </c>
+      <c r="J52" t="s">
         <v>44</v>
       </c>
-      <c r="D50" t="s">
-[...99 lines deleted...]
-      </c>
       <c r="K52" t="s">
-        <v>243</v>
+        <v>34</v>
       </c>
       <c r="L52" t="s">
-        <v>244</v>
+        <v>337</v>
       </c>
       <c r="M52" t="s">
-        <v>24</v>
+        <v>338</v>
       </c>
       <c r="N52" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>339</v>
+      </c>
+      <c r="P52" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>246</v>
+        <v>341</v>
       </c>
       <c r="B53" t="s">
-        <v>247</v>
+        <v>342</v>
       </c>
       <c r="C53" t="s">
-        <v>44</v>
+        <v>343</v>
       </c>
       <c r="D53" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="E53" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="F53" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G53">
+        <v>114</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
         <v>2013</v>
       </c>
-      <c r="H53">
+      <c r="I53">
         <v>2020</v>
       </c>
-      <c r="I53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J53" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="K53" t="s">
-        <v>248</v>
+        <v>62</v>
       </c>
       <c r="L53" t="s">
-        <v>249</v>
+        <v>344</v>
       </c>
       <c r="M53" t="s">
-        <v>24</v>
+        <v>345</v>
       </c>
       <c r="N53" t="s">
-        <v>250</v>
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>346</v>
+      </c>
+      <c r="P53" t="s">
+        <v>347</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>