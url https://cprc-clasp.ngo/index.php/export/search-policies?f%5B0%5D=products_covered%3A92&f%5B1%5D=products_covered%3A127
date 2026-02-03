--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="348">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -652,81 +652,84 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
     <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater</t>
+    <t>New</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
   </si>
@@ -2865,1163 +2868,1163 @@
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
         <v>211</v>
       </c>
       <c r="B30" t="s">
         <v>212</v>
       </c>
       <c r="C30" t="s">
         <v>213</v>
       </c>
       <c r="D30" t="s">
         <v>214</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>43</v>
       </c>
       <c r="G30" t="s">
         <v>54</v>
       </c>
       <c r="H30">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
         <v>215</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>216</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>217</v>
       </c>
       <c r="P30" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>219</v>
       </c>
       <c r="B31" t="s">
         <v>220</v>
       </c>
       <c r="C31" t="s">
         <v>213</v>
       </c>
       <c r="D31" t="s">
         <v>75</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>43</v>
       </c>
       <c r="G31" t="s">
-        <v>54</v>
+        <v>221</v>
       </c>
       <c r="H31">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>215</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>216</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P31" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B32" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C32" t="s">
         <v>213</v>
       </c>
       <c r="D32" t="s">
         <v>214</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>54</v>
       </c>
       <c r="H32">
         <v>2025</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>215</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>216</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="P32" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B33" t="s">
         <v>121</v>
       </c>
       <c r="C33" t="s">
         <v>122</v>
       </c>
       <c r="D33" t="s">
         <v>53</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2010</v>
       </c>
       <c r="I33">
         <v>2015</v>
       </c>
       <c r="J33" t="s">
         <v>123</v>
       </c>
       <c r="K33" t="s">
         <v>62</v>
       </c>
       <c r="L33" t="s">
         <v>124</v>
       </c>
       <c r="M33" t="s">
         <v>125</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P33" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B34" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C34" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D34" t="s">
         <v>75</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
       <c r="H34">
         <v>2005</v>
       </c>
       <c r="I34">
         <v>2018</v>
       </c>
       <c r="J34" t="s">
         <v>115</v>
       </c>
       <c r="K34" t="s">
         <v>62</v>
       </c>
       <c r="L34" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="M34" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P34" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B35" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C35" t="s">
         <v>213</v>
       </c>
       <c r="D35" t="s">
         <v>75</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>54</v>
       </c>
       <c r="H35">
         <v>2025</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>215</v>
       </c>
       <c r="K35" t="s">
         <v>34</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>216</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="P35" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B36" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C36" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D36" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E36" t="s">
         <v>42</v>
       </c>
       <c r="F36" t="s">
         <v>43</v>
       </c>
       <c r="G36" t="s">
         <v>54</v>
       </c>
       <c r="H36">
         <v>2012</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>115</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="M36" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="P36" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B37" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C37" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D37" t="s">
         <v>75</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2008</v>
       </c>
       <c r="I37">
         <v>2011</v>
       </c>
       <c r="J37" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="K37" t="s">
         <v>62</v>
       </c>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="P37" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B38" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C38" t="s">
         <v>165</v>
       </c>
       <c r="D38" t="s">
         <v>82</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>54</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>44</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
         <v>167</v>
       </c>
       <c r="M38" t="s">
         <v>168</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="P38" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B39" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C39" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D39" t="s">
         <v>75</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>132</v>
       </c>
       <c r="G39" t="s">
         <v>54</v>
       </c>
       <c r="H39">
         <v>2021</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>215</v>
       </c>
       <c r="K39" t="s">
         <v>175</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="P39" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B40"/>
       <c r="C40" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D40" t="s">
         <v>75</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>54</v>
       </c>
       <c r="H40">
         <v>2018</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>174</v>
       </c>
       <c r="K40" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="L40" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="M40" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="P40" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B41" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C41" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D41" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E41" t="s">
         <v>42</v>
       </c>
       <c r="F41" t="s">
         <v>43</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2015</v>
       </c>
       <c r="I41">
         <v>2018</v>
       </c>
       <c r="J41" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="P41" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B42" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C42" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D42" t="s">
         <v>53</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>43</v>
       </c>
       <c r="G42" t="s">
         <v>54</v>
       </c>
       <c r="H42">
         <v>2017</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="K42" t="s">
         <v>62</v>
       </c>
       <c r="L42" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="M42" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P42" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B43" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C43" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D43" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E43" t="s">
         <v>42</v>
       </c>
       <c r="F43" t="s">
         <v>43</v>
       </c>
       <c r="G43" t="s">
         <v>54</v>
       </c>
       <c r="H43">
         <v>2014</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="P43" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B44" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C44" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D44" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>43</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2008</v>
       </c>
       <c r="I44">
         <v>2013</v>
       </c>
       <c r="J44" t="s">
         <v>196</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
         <v>25</v>
       </c>
       <c r="M44" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="P44" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B45" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C45" t="s">
         <v>113</v>
       </c>
       <c r="D45" t="s">
         <v>53</v>
       </c>
       <c r="E45" t="s">
         <v>42</v>
       </c>
       <c r="F45" t="s">
         <v>43</v>
       </c>
       <c r="G45" t="s">
         <v>54</v>
       </c>
       <c r="H45">
         <v>2013</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>115</v>
       </c>
       <c r="K45" t="s">
         <v>62</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
         <v>117</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="P45" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B46" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C46" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D46" t="s">
         <v>75</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>132</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2018</v>
       </c>
       <c r="I46">
         <v>2018</v>
       </c>
       <c r="J46" t="s">
         <v>196</v>
       </c>
       <c r="K46" t="s">
         <v>147</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="P46" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B47" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C47" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D47" t="s">
         <v>75</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>132</v>
       </c>
       <c r="G47" t="s">
         <v>54</v>
       </c>
       <c r="H47">
         <v>2011</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="K47" t="s">
         <v>62</v>
       </c>
       <c r="L47" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="M47" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="P47" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B48" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C48" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D48" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>21</v>
       </c>
       <c r="G48" t="s">
         <v>54</v>
       </c>
       <c r="H48">
         <v>2016</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>133</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="P48" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B49" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C49" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D49" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
         <v>43</v>
       </c>
       <c r="G49" t="s">
         <v>54</v>
       </c>
       <c r="H49">
         <v>2017</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
         <v>133</v>
       </c>
       <c r="K49" t="s">
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="N49" t="s">
         <v>36</v>
       </c>
       <c r="O49" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="P49" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B50" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C50" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D50" t="s">
         <v>53</v>
       </c>
       <c r="E50" t="s">
         <v>42</v>
       </c>
       <c r="F50" t="s">
         <v>114</v>
       </c>
       <c r="G50" t="s">
         <v>54</v>
       </c>
       <c r="H50">
         <v>2014</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="M50" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="P50" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B51" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C51" t="s">
         <v>81</v>
       </c>
       <c r="D51" t="s">
         <v>82</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>21</v>
       </c>
       <c r="G51" t="s">
         <v>54</v>
       </c>
       <c r="H51">
         <v>2021</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>83</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51"/>
       <c r="M51"/>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="P51" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B52" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C52" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D52" t="s">
         <v>53</v>
       </c>
       <c r="E52" t="s">
         <v>42</v>
       </c>
       <c r="F52" t="s">
         <v>43</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2012</v>
       </c>
       <c r="I52">
         <v>2019</v>
       </c>
       <c r="J52" t="s">
         <v>44</v>
       </c>
       <c r="K52" t="s">
         <v>34</v>
       </c>
       <c r="L52" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="M52" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="P52" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B53" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C53" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D53" t="s">
         <v>53</v>
       </c>
       <c r="E53" t="s">
         <v>42</v>
       </c>
       <c r="F53" t="s">
         <v>114</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2013</v>
       </c>
       <c r="I53">
         <v>2020</v>
       </c>
       <c r="J53" t="s">
         <v>33</v>
       </c>
       <c r="K53" t="s">
         <v>62</v>
       </c>
       <c r="L53" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="M53" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="P53" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">