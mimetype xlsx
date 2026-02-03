--- v0 (2025-12-07)
+++ v1 (2026-02-03)
@@ -468,69 +468,69 @@
   <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
     <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
     <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
     <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
@@ -2020,51 +2020,51 @@
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>151</v>
       </c>
       <c r="B21" t="s">
         <v>152</v>
       </c>
       <c r="C21" t="s">
         <v>153</v>
       </c>
       <c r="D21" t="s">
         <v>154</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>155</v>
       </c>
       <c r="K21" t="s">
         <v>37</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>156</v>
       </c>
       <c r="N21" t="s">
         <v>39</v>
       </c>
       <c r="O21" t="s">
         <v>157</v>
       </c>
       <c r="P21" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>159</v>