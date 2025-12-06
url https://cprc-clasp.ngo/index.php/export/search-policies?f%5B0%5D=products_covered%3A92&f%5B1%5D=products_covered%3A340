--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,578 +12,750 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-1:2017EE: Minimum Energy Performance Standards Part 1: Refrigerating products</t>
   </si>
   <si>
+    <t>This standard covers requirements for AC powered refrigerating appliances with a storage volume up to 1500 litres which are manufactured, assembled, imported or sold in any of the ECOWAS countries. It includes the following categories:</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>IEC 62552-1:2015, IEC 62552-2:2015, IEC 62552-3:2015, IEC 60335-1:2010+AMD1:2013, IEC 60335-2-24:2010+AMD1:2012</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/fdnis-ecostand-071-12017ee-minimum-energy-performance-standards-part-1-refrigerating</t>
   </si>
   <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GN 11/2017: Energy Efficiency (Labelling of Regulated Machinery) Regulations 2017 - amended by GN No. 137 of 2018</t>
   </si>
   <si>
+    <t>This regulation covers the labeling requirements for household refrigerating appliances, household electric ovens, and household dishwashers. The Mauritian label is similar to the EU one. Dealers have to register their appliances with the Energy Efficiency Management Office and affix the energy label on the appliances before putting them on display for sale.</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Ovens, Dishwashers, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 201</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gn-112017-energy-efficiency-labelling-regulated-machinery-regulations-2017-amended-gn-no</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/amend_GN137_2018.pdf</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
     <t>MELS for Commercial Storage Refrigerators</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
+    <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>MS: 201:2012 Energy efficiency and labelling requirement-Household refrigerating appliances</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household refrigerating applliances</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ms-2012012-energy-efficiency-and-labelling-requirement-household-refrigerating-appliances</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-676/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -847,1327 +1019,1502 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N29"/>
+  <dimension ref="A1:P29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1078.165" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="166.245" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>61</v>
+      </c>
+      <c r="F7" t="s">
+        <v>62</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>35</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>64</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>65</v>
+      </c>
+      <c r="P7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F8" t="s">
+        <v>62</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>64</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>61</v>
+      </c>
+      <c r="F9" t="s">
+        <v>62</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>35</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>82</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>84</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...18 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O10" t="s">
+        <v>85</v>
+      </c>
+      <c r="P10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>61</v>
+      </c>
+      <c r="F11" t="s">
+        <v>62</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>90</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>91</v>
+      </c>
+      <c r="M11" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>89</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" t="s">
+        <v>62</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12">
+        <v>2015</v>
+      </c>
+      <c r="J12" t="s">
+        <v>90</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>97</v>
+      </c>
+      <c r="M12" t="s">
+        <v>98</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" t="s">
+        <v>103</v>
+      </c>
+      <c r="D13" t="s">
+        <v>104</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>105</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
+        <v>107</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>108</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
+        <v>113</v>
+      </c>
+      <c r="D14" t="s">
+        <v>43</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>105</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>114</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>115</v>
+      </c>
+      <c r="M14" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>117</v>
+      </c>
+      <c r="P14"/>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>118</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>56</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>69</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>120</v>
+      </c>
+      <c r="M15" t="s">
+        <v>121</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>122</v>
+      </c>
+      <c r="P15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" t="s">
+        <v>126</v>
+      </c>
+      <c r="D16" t="s">
+        <v>127</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...534 lines deleted...]
-        <v>2019</v>
+      <c r="G16" t="s">
+        <v>22</v>
       </c>
       <c r="H16">
         <v>2019</v>
       </c>
-      <c r="I16" t="s">
-        <v>98</v>
+      <c r="I16">
+        <v>2019</v>
       </c>
       <c r="J16" t="s">
+        <v>128</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>129</v>
+      </c>
+      <c r="M16" t="s">
+        <v>130</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>131</v>
+      </c>
+      <c r="P16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>133</v>
+      </c>
+      <c r="B17" t="s">
+        <v>134</v>
+      </c>
+      <c r="C17" t="s">
+        <v>135</v>
+      </c>
+      <c r="D17" t="s">
+        <v>136</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>105</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17">
+        <v>2016</v>
+      </c>
+      <c r="J17" t="s">
+        <v>137</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>138</v>
+      </c>
+      <c r="M17" t="s">
+        <v>139</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>140</v>
+      </c>
+      <c r="P17" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>142</v>
+      </c>
+      <c r="B18" t="s">
+        <v>143</v>
+      </c>
+      <c r="C18" t="s">
+        <v>135</v>
+      </c>
+      <c r="D18" t="s">
+        <v>144</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>56</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2009</v>
+      </c>
+      <c r="I18">
+        <v>2017</v>
+      </c>
+      <c r="J18" t="s">
+        <v>137</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>145</v>
+      </c>
+      <c r="M18" t="s">
+        <v>139</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>146</v>
+      </c>
+      <c r="P18" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>148</v>
+      </c>
+      <c r="B19" t="s">
+        <v>149</v>
+      </c>
+      <c r="C19" t="s">
+        <v>150</v>
+      </c>
+      <c r="D19" t="s">
+        <v>151</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
         <v>21</v>
       </c>
-      <c r="K16" t="s">
-[...5 lines deleted...]
-      <c r="M16" t="s">
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1996</v>
+      </c>
+      <c r="I19">
+        <v>2017</v>
+      </c>
+      <c r="J19" t="s">
+        <v>152</v>
+      </c>
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N16" t="s">
-[...28 lines deleted...]
-      <c r="I17" t="s">
+      <c r="L19" t="s">
+        <v>153</v>
+      </c>
+      <c r="M19" t="s">
+        <v>154</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>155</v>
+      </c>
+      <c r="P19" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>157</v>
+      </c>
+      <c r="B20" t="s">
+        <v>158</v>
+      </c>
+      <c r="C20" t="s">
+        <v>150</v>
+      </c>
+      <c r="D20" t="s">
+        <v>43</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>56</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1996</v>
+      </c>
+      <c r="I20">
+        <v>2017</v>
+      </c>
+      <c r="J20" t="s">
+        <v>152</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>154</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>159</v>
+      </c>
+      <c r="P20" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>160</v>
+      </c>
+      <c r="B21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D21" t="s">
+        <v>163</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H21">
+        <v>2025</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>164</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>165</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>166</v>
+      </c>
+      <c r="P21" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>168</v>
+      </c>
+      <c r="B22" t="s">
+        <v>169</v>
+      </c>
+      <c r="C22" t="s">
+        <v>162</v>
+      </c>
+      <c r="D22" t="s">
+        <v>163</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>56</v>
+      </c>
+      <c r="G22" t="s">
+        <v>34</v>
+      </c>
+      <c r="H22">
+        <v>2025</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>164</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>165</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>170</v>
+      </c>
+      <c r="P22" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>172</v>
+      </c>
+      <c r="B23" t="s">
+        <v>173</v>
+      </c>
+      <c r="C23" t="s">
+        <v>126</v>
+      </c>
+      <c r="D23" t="s">
+        <v>174</v>
+      </c>
+      <c r="E23" t="s">
+        <v>61</v>
+      </c>
+      <c r="F23" t="s">
         <v>105</v>
       </c>
-      <c r="J17" t="s">
+      <c r="G23" t="s">
+        <v>34</v>
+      </c>
+      <c r="H23">
+        <v>2014</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>128</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>175</v>
+      </c>
+      <c r="M23" t="s">
+        <v>130</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>176</v>
+      </c>
+      <c r="P23" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>178</v>
+      </c>
+      <c r="B24" t="s">
+        <v>179</v>
+      </c>
+      <c r="C24" t="s">
+        <v>126</v>
+      </c>
+      <c r="D24" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>56</v>
+      </c>
+      <c r="G24" t="s">
+        <v>34</v>
+      </c>
+      <c r="H24">
+        <v>2012</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>128</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>129</v>
+      </c>
+      <c r="M24" t="s">
+        <v>130</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>180</v>
+      </c>
+      <c r="P24" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>182</v>
+      </c>
+      <c r="B25" t="s">
+        <v>183</v>
+      </c>
+      <c r="C25" t="s">
+        <v>184</v>
+      </c>
+      <c r="D25" t="s">
+        <v>185</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>105</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25">
+        <v>2021</v>
+      </c>
+      <c r="J25" t="s">
+        <v>186</v>
+      </c>
+      <c r="K25" t="s">
+        <v>187</v>
+      </c>
+      <c r="L25" t="s">
+        <v>188</v>
+      </c>
+      <c r="M25" t="s">
+        <v>189</v>
+      </c>
+      <c r="N25" t="s">
+        <v>190</v>
+      </c>
+      <c r="O25" t="s">
+        <v>191</v>
+      </c>
+      <c r="P25" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>193</v>
+      </c>
+      <c r="B26" t="s">
+        <v>194</v>
+      </c>
+      <c r="C26" t="s">
+        <v>195</v>
+      </c>
+      <c r="D26" t="s">
+        <v>196</v>
+      </c>
+      <c r="E26" t="s">
+        <v>61</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K17" t="s">
+      <c r="G26" t="s">
+        <v>34</v>
+      </c>
+      <c r="H26">
+        <v>2014</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>197</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>198</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>199</v>
+      </c>
+      <c r="P26" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>201</v>
+      </c>
+      <c r="B27" t="s">
+        <v>202</v>
+      </c>
+      <c r="C27" t="s">
+        <v>195</v>
+      </c>
+      <c r="D27" t="s">
+        <v>203</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2008</v>
+      </c>
+      <c r="I27">
+        <v>2013</v>
+      </c>
+      <c r="J27" t="s">
+        <v>152</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>204</v>
+      </c>
+      <c r="M27" t="s">
+        <v>198</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>205</v>
+      </c>
+      <c r="P27" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>207</v>
+      </c>
+      <c r="B28" t="s">
+        <v>208</v>
+      </c>
+      <c r="C28" t="s">
+        <v>209</v>
+      </c>
+      <c r="D28" t="s">
+        <v>210</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>34</v>
+      </c>
+      <c r="H28">
+        <v>2017</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
         <v>106</v>
       </c>
-      <c r="L17" t="s">
-[...2 lines deleted...]
-      <c r="M17" t="s">
+      <c r="K28" t="s">
+        <v>211</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>212</v>
+      </c>
+      <c r="N28" t="s">
+        <v>190</v>
+      </c>
+      <c r="O28" t="s">
+        <v>213</v>
+      </c>
+      <c r="P28" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>215</v>
+      </c>
+      <c r="B29" t="s">
+        <v>216</v>
+      </c>
+      <c r="C29" t="s">
+        <v>42</v>
+      </c>
+      <c r="D29" t="s">
+        <v>43</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>56</v>
+      </c>
+      <c r="G29" t="s">
+        <v>34</v>
+      </c>
+      <c r="H29">
+        <v>2021</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>44</v>
+      </c>
+      <c r="K29" t="s">
         <v>24</v>
       </c>
-      <c r="N17" t="s">
-[...494 lines deleted...]
-      <c r="K29"/>
       <c r="L29"/>
-      <c r="M29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M29"/>
       <c r="N29" t="s">
-        <v>162</v>
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>217</v>
+      </c>
+      <c r="P29" t="s">
+        <v>218</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>