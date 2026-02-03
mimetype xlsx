--- v1 (2025-12-06)
+++ v2 (2026-02-03)
@@ -495,69 +495,69 @@
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
     <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
   </si>
   <si>
     <t>JS178:2016: Jamaican Standard Specification for Determination of energy consumption and other performance characteristics of household refrigerators, freezers, wine chillers and refrigerator-freezers</t>
   </si>
   <si>
     <t>Information not available</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/js1782016-jamaican-standard-specification-determination-energy-consumption-and-other</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
     <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
@@ -2036,51 +2036,51 @@
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>160</v>
       </c>
       <c r="B21" t="s">
         <v>161</v>
       </c>
       <c r="C21" t="s">
         <v>162</v>
       </c>
       <c r="D21" t="s">
         <v>163</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>34</v>
       </c>
       <c r="H21">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>164</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>165</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>166</v>
       </c>
       <c r="P21" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>168</v>