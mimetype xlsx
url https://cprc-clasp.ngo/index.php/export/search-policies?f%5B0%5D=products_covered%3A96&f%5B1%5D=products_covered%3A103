--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="250">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="251">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -508,69 +508,69 @@
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>ISIRI 7872:2009, 1st Rev, Household electric iron energy consumption requirements and energy labeling guideline</t>
   </si>
   <si>
     <t>Covers residential steam and non-steam irons. Does not include residential press irons</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-78722009-1st-rev-household-electric-iron-energy-consumption-requirements-and-energy</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
     <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
@@ -724,50 +724,53 @@
     <t>http://www.tei.or.th/greenlabel/download/TGL-87-13.pdf</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Refrigerated display cabinet TGL-85-R2-20</t>
   </si>
   <si>
     <t>These criteria shall apply to refrigerated display cabinets with vertical glass door types.</t>
   </si>
   <si>
     <t>TIS 1235 (or ISO 23953-2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/thai-green-label-scheme-refrigerated-display-cabinet-tgl-85-r2-20</t>
   </si>
   <si>
     <t>http://www.tei.or.th/greenlabel/download/TGL-85-R2-20.pdf</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
   </si>
@@ -1151,51 +1154,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="743.104" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2194,51 +2197,51 @@
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>158</v>
       </c>
       <c r="B22" t="s">
         <v>159</v>
       </c>
       <c r="C22" t="s">
         <v>160</v>
       </c>
       <c r="D22" t="s">
         <v>161</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>33</v>
       </c>
       <c r="G22" t="s">
         <v>34</v>
       </c>
       <c r="H22">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
         <v>162</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>163</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>164</v>
       </c>
       <c r="P22" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>166</v>
@@ -2673,218 +2676,218 @@
       </c>
       <c r="P31" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>227</v>
       </c>
       <c r="B32" t="s">
         <v>228</v>
       </c>
       <c r="C32" t="s">
         <v>109</v>
       </c>
       <c r="D32" t="s">
         <v>229</v>
       </c>
       <c r="E32" t="s">
         <v>70</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
-        <v>34</v>
+        <v>230</v>
       </c>
       <c r="H32">
         <v>2014</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>125</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="P32" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C33" t="s">
         <v>109</v>
       </c>
       <c r="D33" t="s">
         <v>110</v>
       </c>
       <c r="E33" t="s">
         <v>70</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2014</v>
       </c>
       <c r="I33">
         <v>2024</v>
       </c>
       <c r="J33" t="s">
         <v>125</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="P33" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C34" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E34" t="s">
         <v>70</v>
       </c>
       <c r="F34" t="s">
         <v>33</v>
       </c>
       <c r="G34" t="s">
         <v>34</v>
       </c>
       <c r="H34">
         <v>2021</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>118</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="M34" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="P34" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C35" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D35" t="s">
         <v>19</v>
       </c>
       <c r="E35" t="s">
         <v>70</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>34</v>
       </c>
       <c r="H35">
         <v>2021</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>118</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="M35" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P35" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">