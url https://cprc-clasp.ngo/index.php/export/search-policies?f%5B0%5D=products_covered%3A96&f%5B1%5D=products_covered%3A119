--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -553,69 +553,69 @@
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
     <t>Refrigerated Display Cabinet. Does not include vending machines</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>NTON 10 010-08 Self-contained commercial refrigeration equipment</t>
   </si>
   <si>
     <t>This standard specifies the MEPS for self-contained commercial refrigeration equipment powered by electricity, used, rebuilt (imported only) and new. All with capacities from 10 liters (0.01 m3 ) of useful refrigerated volume (depending on energy limits) or more. The types of equipment are:</t>
   </si>
   <si>
     <t>Nicaragua</t>
   </si>
@@ -2245,51 +2245,51 @@
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>173</v>
       </c>
       <c r="B23" t="s">
         <v>174</v>
       </c>
       <c r="C23" t="s">
         <v>175</v>
       </c>
       <c r="D23" t="s">
         <v>176</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>43</v>
       </c>
       <c r="G23" t="s">
         <v>44</v>
       </c>
       <c r="H23">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>177</v>
       </c>
       <c r="K23" t="s">
         <v>35</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>178</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
         <v>179</v>
       </c>
       <c r="P23" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>181</v>