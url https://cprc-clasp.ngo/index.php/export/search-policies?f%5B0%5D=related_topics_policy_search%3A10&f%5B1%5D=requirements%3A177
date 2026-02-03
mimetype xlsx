--- v0 (2025-12-04)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -372,50 +372,53 @@
   </si>
   <si>
     <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
   </si>
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
     <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
@@ -798,51 +801,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="642.843" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="222.803" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1742,222 +1745,222 @@
       </c>
       <c r="P19" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>116</v>
       </c>
       <c r="B20" t="s">
         <v>117</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
         <v>61</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>81</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>118</v>
       </c>
       <c r="H20">
         <v>2021</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>102</v>
       </c>
       <c r="K20" t="s">
         <v>44</v>
       </c>
       <c r="L20" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="M20" t="s">
         <v>84</v>
       </c>
       <c r="N20" t="s">
         <v>45</v>
       </c>
       <c r="O20" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P20" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B21" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
         <v>61</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>81</v>
       </c>
       <c r="G21" t="s">
         <v>8</v>
       </c>
       <c r="H21">
         <v>2019</v>
       </c>
       <c r="I21">
         <v>2025</v>
       </c>
       <c r="J21" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K21" t="s">
         <v>54</v>
       </c>
       <c r="L21" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M21" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="N21" t="s">
         <v>45</v>
       </c>
       <c r="O21" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="P21" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B22" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C22" t="s">
         <v>18</v>
       </c>
       <c r="D22" t="s">
         <v>19</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>81</v>
       </c>
       <c r="G22" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="H22">
         <v>2019</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M22" t="s">
         <v>84</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="P22" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B23" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C23" t="s">
         <v>18</v>
       </c>
       <c r="D23" t="s">
         <v>19</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>81</v>
       </c>
       <c r="G23" t="s">
         <v>8</v>
       </c>
       <c r="H23">
         <v>2019</v>
       </c>
       <c r="I23">
         <v>2025</v>
       </c>
       <c r="J23" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="K23" t="s">
         <v>54</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="N23" t="s">
         <v>45</v>
       </c>
       <c r="O23" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="P23" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">