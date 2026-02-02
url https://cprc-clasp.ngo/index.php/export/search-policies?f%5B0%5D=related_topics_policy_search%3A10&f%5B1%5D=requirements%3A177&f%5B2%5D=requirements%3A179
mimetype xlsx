--- v0 (2025-10-15)
+++ v1 (2026-02-02)
@@ -12,395 +12,518 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CWL 02-2021 Water purifiers</t>
   </si>
   <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cwl-02-2021-water-purifiers</t>
   </si>
   <si>
+    <t>https://www.ndrc.gov.cn/xxgk/zcfb/ghxwj/202112/P020211213405201806707.pdf</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
   </si>
   <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 34914-2021 Minimum allowable values of water efficiency and water efficiency grades for water purifiers</t>
+  </si>
+  <si>
+    <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
+  </si>
+  <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
+    <t>This policy covers dishwashers.</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
+  </si>
+  <si>
     <t>GB 38383-2025 Minimum Allowable Values and Grades of the Energy Efficiency and Water Efficiency for Dishwashers</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This standard raises energy efficiency and water efficiency for electric dishwashers used at home. It will replace GB38383—2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>GB/T20290—2024
 ,   
                     GB/T23119</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38383-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3840811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
-    <t>October 2025</t>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -664,1077 +787,1216 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N23"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="642.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="222.803" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...9 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>25</v>
-      </c>
-[...24 lines deleted...]
-        <v>23</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
-    </row>
-    <row r="4" spans="1:14">
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2021</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>33</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
+      <c r="D5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>35</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2021</v>
       </c>
-      <c r="H4"/>
-[...3 lines deleted...]
-      <c r="J4" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>37</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>38</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
-[...32 lines deleted...]
-      <c r="J5" t="s">
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>44</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>45</v>
+      </c>
+      <c r="O7" t="s">
+        <v>46</v>
+      </c>
+      <c r="P7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>48</v>
+      </c>
+      <c r="B8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...71 lines deleted...]
-      <c r="G7">
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8">
+        <v>1995</v>
+      </c>
+      <c r="I8">
         <v>2019</v>
       </c>
-      <c r="H7"/>
-[...42 lines deleted...]
-      </c>
       <c r="J8" t="s">
+        <v>53</v>
+      </c>
+      <c r="K8" t="s">
+        <v>54</v>
+      </c>
+      <c r="L8" t="s">
+        <v>55</v>
+      </c>
+      <c r="M8" t="s">
+        <v>56</v>
+      </c>
+      <c r="N8" t="s">
         <v>45</v>
       </c>
-      <c r="K8" t="s">
-[...12 lines deleted...]
-    <row r="9" spans="1:14">
+      <c r="O8" t="s">
+        <v>57</v>
+      </c>
+      <c r="P8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="B9" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="C9" t="s">
         <v>50</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9">
         <v>1997</v>
       </c>
-      <c r="H9">
+      <c r="I9">
         <v>2019</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="K9"/>
+        <v>53</v>
+      </c>
+      <c r="K9" t="s">
+        <v>54</v>
+      </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="N9" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>45</v>
+      </c>
+      <c r="O9" t="s">
+        <v>62</v>
+      </c>
+      <c r="P9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="B10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" t="s">
         <v>41</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10">
+        <v>1997</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>43</v>
+      </c>
+      <c r="K10" t="s">
+        <v>54</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>45</v>
+      </c>
+      <c r="O10" t="s">
+        <v>65</v>
+      </c>
+      <c r="P10" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>67</v>
+      </c>
+      <c r="B11" t="s">
+        <v>68</v>
+      </c>
+      <c r="C11" t="s">
         <v>18</v>
       </c>
-      <c r="F10" t="s">
-[...5 lines deleted...]
-      <c r="H10">
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2020</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>69</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>70</v>
+      </c>
+      <c r="M11" t="s">
+        <v>71</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>72</v>
+      </c>
+      <c r="P11" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>74</v>
+      </c>
+      <c r="B12"/>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>75</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2021</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>69</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>76</v>
+      </c>
+      <c r="M12" t="s">
+        <v>71</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>77</v>
+      </c>
+      <c r="P12" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>79</v>
+      </c>
+      <c r="B13" t="s">
+        <v>80</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>34</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>81</v>
+      </c>
+      <c r="G13" t="s">
+        <v>52</v>
+      </c>
+      <c r="H13">
+        <v>2011</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>82</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>83</v>
+      </c>
+      <c r="M13" t="s">
+        <v>84</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>85</v>
+      </c>
+      <c r="P13" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>87</v>
+      </c>
+      <c r="B14" t="s">
+        <v>88</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>81</v>
+      </c>
+      <c r="G14" t="s">
+        <v>52</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14">
+        <v>2017</v>
+      </c>
+      <c r="J14" t="s">
+        <v>82</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>37</v>
+      </c>
+      <c r="M14" t="s">
+        <v>84</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>89</v>
+      </c>
+      <c r="P14" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>91</v>
+      </c>
+      <c r="B15" t="s">
+        <v>92</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>30</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>81</v>
+      </c>
+      <c r="G15" t="s">
+        <v>52</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>82</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>93</v>
+      </c>
+      <c r="M15" t="s">
+        <v>84</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>94</v>
+      </c>
+      <c r="P15" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>96</v>
+      </c>
+      <c r="B16" t="s">
+        <v>97</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>81</v>
+      </c>
+      <c r="G16" t="s">
+        <v>52</v>
+      </c>
+      <c r="H16">
+        <v>2013</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>82</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>83</v>
+      </c>
+      <c r="M16" t="s">
+        <v>84</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>98</v>
+      </c>
+      <c r="P16" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>100</v>
+      </c>
+      <c r="B17" t="s">
+        <v>101</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>81</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2013</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>102</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>103</v>
+      </c>
+      <c r="M17" t="s">
+        <v>84</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>104</v>
+      </c>
+      <c r="P17" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>106</v>
+      </c>
+      <c r="B18" t="s">
+        <v>107</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>81</v>
+      </c>
+      <c r="G18" t="s">
+        <v>52</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>82</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>93</v>
+      </c>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>108</v>
+      </c>
+      <c r="P18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>110</v>
+      </c>
+      <c r="B19" t="s">
+        <v>111</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>75</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>81</v>
+      </c>
+      <c r="G19" t="s">
+        <v>52</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19">
+        <v>2021</v>
+      </c>
+      <c r="J19" t="s">
+        <v>69</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>112</v>
+      </c>
+      <c r="M19" t="s">
+        <v>113</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>114</v>
+      </c>
+      <c r="P19" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>116</v>
+      </c>
+      <c r="B20" t="s">
+        <v>117</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>61</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>81</v>
+      </c>
+      <c r="G20" t="s">
+        <v>118</v>
+      </c>
+      <c r="H20">
+        <v>2021</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>102</v>
+      </c>
+      <c r="K20" t="s">
+        <v>44</v>
+      </c>
+      <c r="L20" t="s">
+        <v>119</v>
+      </c>
+      <c r="M20" t="s">
+        <v>84</v>
+      </c>
+      <c r="N20" t="s">
+        <v>45</v>
+      </c>
+      <c r="O20" t="s">
+        <v>120</v>
+      </c>
+      <c r="P20" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>122</v>
+      </c>
+      <c r="B21" t="s">
+        <v>123</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>61</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>81</v>
+      </c>
+      <c r="G21" t="s">
+        <v>8</v>
+      </c>
+      <c r="H21">
         <v>2019</v>
       </c>
-      <c r="I10" t="s">
-[...2 lines deleted...]
-      <c r="J10" t="s">
+      <c r="I21">
+        <v>2025</v>
+      </c>
+      <c r="J21" t="s">
+        <v>124</v>
+      </c>
+      <c r="K21" t="s">
+        <v>54</v>
+      </c>
+      <c r="L21" t="s">
+        <v>125</v>
+      </c>
+      <c r="M21" t="s">
+        <v>126</v>
+      </c>
+      <c r="N21" t="s">
         <v>45</v>
       </c>
-      <c r="K10"/>
-[...23 lines deleted...]
-      <c r="E11" t="s">
+      <c r="O21" t="s">
+        <v>127</v>
+      </c>
+      <c r="P21" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>129</v>
+      </c>
+      <c r="B22" t="s">
+        <v>130</v>
+      </c>
+      <c r="C22" t="s">
         <v>18</v>
       </c>
-      <c r="F11" t="s">
+      <c r="D22" t="s">
         <v>19</v>
       </c>
-      <c r="G11">
-[...3 lines deleted...]
-      <c r="I11" t="s">
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>81</v>
+      </c>
+      <c r="G22" t="s">
+        <v>131</v>
+      </c>
+      <c r="H22">
+        <v>2019</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>132</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>133</v>
+      </c>
+      <c r="M22" t="s">
+        <v>84</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>134</v>
+      </c>
+      <c r="P22" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>136</v>
+      </c>
+      <c r="B23" t="s">
+        <v>137</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>81</v>
+      </c>
+      <c r="G23" t="s">
+        <v>8</v>
+      </c>
+      <c r="H23">
+        <v>2019</v>
+      </c>
+      <c r="I23">
+        <v>2025</v>
+      </c>
+      <c r="J23" t="s">
+        <v>132</v>
+      </c>
+      <c r="K23" t="s">
         <v>54</v>
       </c>
-      <c r="J11" t="s">
-[...433 lines deleted...]
-      <c r="J21" t="s">
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>126</v>
+      </c>
+      <c r="N23" t="s">
         <v>45</v>
       </c>
-      <c r="K21" t="s">
-[...93 lines deleted...]
-        <v>99</v>
+      <c r="O23" t="s">
+        <v>138</v>
+      </c>
+      <c r="P23" t="s">
+        <v>139</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>