--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,329 +12,400 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2021 Aspen Energy Code</t>
   </si>
   <si>
+    <t>This policy contains heat pump requirements for residential buildings, including single-family homes.  It also contains controls requirements for heat pump supplementary heat in commercial buildings.</t>
+  </si>
+  <si>
     <t>Colorado</t>
   </si>
   <si>
     <t>Heat Pumps, Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Building Code</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>City of Aspen</t>
   </si>
   <si>
     <t>AC-to-heat pump</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2021-aspen-energy-code</t>
   </si>
   <si>
+    <t>https://www.aspen.gov/DocumentCenter/View/10378/2021-Aspen-Energy-Code</t>
+  </si>
+  <si>
     <t>Climate Emergency – Bylaw Updates Applicable to Existing Detached Homes</t>
   </si>
   <si>
+    <t>This policy requires that all permanently installed new air conditioning systems in existing detached homes must function to provide both low-carbon heating and cooling, effective January 1, 2023. 
+Policy text: “8) In a building containing not more than two principal dwelling units, heat pumps that provide space cooling must also be able to provide space heating.”</t>
+  </si>
+  <si>
     <t>Americas, British Columbia</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>City of Vancouver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/climate-emergency-bylaw-updates-applicable-existing-detached-homes</t>
   </si>
   <si>
+    <t>https://council.vancouver.ca/20220517/documents/R1b.pdf</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>Draft 2025 Energy Code Express Terms</t>
   </si>
   <si>
+    <t>This document is a pre-rulemaking draft of the Express Terms for the 2025 update to the California Energy Code (Part 6 of California's Building Standards Code). It contains heat pump and control requirements for commercial and residential buildings in the state of California.</t>
+  </si>
+  <si>
     <t>California</t>
   </si>
   <si>
     <t>California Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-2025-energy-code-express-terms</t>
   </si>
   <si>
+    <t>https://efiling.energy.ca.gov/GetDocument.aspx?tn=252915&amp;DocumentContentId=88051</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Green Building Reach Codes for Home Renovation</t>
   </si>
   <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Air Conditioning, Water Heating</t>
   </si>
   <si>
     <t>City of San Mateo</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/green-building-reach-codes-home-renovation</t>
   </si>
   <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
     <t>ORDINANCE NO. 2022-447</t>
   </si>
   <si>
+    <t>This policy requires all residential construction additions, alterations, repairs, and/or accessory
+dwelling unit conversions that do not meet the definition of newly constructed that
+include the installation of a new or replacement, upgrade or relocation of an existing air
+conditioning condensing unit to require a reverse cycle air conditioning condensing unit (heat pump). This policy entered into effect on January 1, 2023, and applies to the town of Portola Valley, California only.</t>
+  </si>
+  <si>
     <t>Town of Portola Valley</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ordinance-no-2022-447</t>
   </si>
   <si>
+    <t>https://library.municode.com/ca/portola_valley/ordinances/code_of_ordinances?nodeId=1184430</t>
+  </si>
+  <si>
     <t>Revised Municipal Code of the City and County of Denver Colorado, Sec. 10-20. - Electrification requirements for existing buildings</t>
   </si>
   <si>
+    <t>This policy contains electrification requirements for existing buildings in the city and country of Denver, Colorado.  It applies to all commercial buildings and multifamily residential buildings.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>City and County of Denver</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/revised-municipal-code-city-and-county-denver-colorado-sec-10-20-electrification</t>
   </si>
   <si>
+    <t>https://library.municode.com/co/denver/codes/code_of_ordinances?nodeId=TITIIREMUCO_CH10BUBURE_ARTIIBUFICO_S10-20ELREEXBU</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
+  </si>
+  <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -598,555 +669,624 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="152" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="363.197" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="152.106" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="142.679" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2023</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2004</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>46</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" t="s">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2018</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>62</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>46</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>70</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>1982</v>
+      </c>
+      <c r="I9">
+        <v>2024</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>81</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>82</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>60</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>89</v>
+      </c>
+      <c r="K10" t="s">
+        <v>90</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>91</v>
+      </c>
+      <c r="N10" t="s">
+        <v>46</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...77 lines deleted...]
-      <c r="N4" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>58</v>
+      </c>
+      <c r="E11" t="s">
         <v>40</v>
       </c>
-    </row>
-[...42 lines deleted...]
-      <c r="B6" t="s">
+      <c r="F11" t="s">
+        <v>97</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>98</v>
+      </c>
+      <c r="K11" t="s">
+        <v>62</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>99</v>
+      </c>
+      <c r="N11" t="s">
         <v>46</v>
       </c>
-      <c r="C6" t="s">
-[...233 lines deleted...]
-        <v>79</v>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>