--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -12,464 +12,578 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/inmetro-ordinance-no-420-04-october-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-iec-62257-9-8-2020</t>
+  </si>
+  <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -733,1037 +847,1166 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="141" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="639.273" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="111.973" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3">
+        <v>2016</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>53</v>
+      </c>
+      <c r="L5" t="s">
+        <v>37</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H6">
+        <v>2023</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>63</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>68</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>69</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>52</v>
+      </c>
+      <c r="K7" t="s">
+        <v>70</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>45</v>
+      </c>
+      <c r="N7" t="s">
+        <v>72</v>
+      </c>
+      <c r="O7" t="s">
+        <v>73</v>
+      </c>
+      <c r="P7" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>52</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>37</v>
+      </c>
+      <c r="M8" t="s">
+        <v>38</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>80</v>
+      </c>
+      <c r="D9" t="s">
+        <v>81</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>82</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>83</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>91</v>
+      </c>
+      <c r="K10" t="s">
+        <v>36</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>99</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>100</v>
+      </c>
+      <c r="K11" t="s">
+        <v>36</v>
+      </c>
+      <c r="L11" t="s">
+        <v>37</v>
+      </c>
+      <c r="M11" t="s">
+        <v>101</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>106</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>25</v>
+      </c>
+      <c r="M12" t="s">
+        <v>107</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2022</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>106</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>111</v>
+      </c>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>114</v>
+      </c>
+      <c r="B14" t="s">
+        <v>115</v>
+      </c>
+      <c r="C14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>34</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14">
+        <v>2022</v>
+      </c>
+      <c r="J14" t="s">
+        <v>52</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>37</v>
+      </c>
+      <c r="M14" t="s">
+        <v>117</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>121</v>
+      </c>
+      <c r="C15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2020</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>91</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>37</v>
+      </c>
+      <c r="M15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>50</v>
+      </c>
+      <c r="D16" t="s">
+        <v>99</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>128</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>52</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>37</v>
+      </c>
+      <c r="M16" t="s">
+        <v>54</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>132</v>
+      </c>
+      <c r="D17" t="s">
+        <v>19</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2021</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>52</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17" t="s">
+        <v>37</v>
+      </c>
+      <c r="M17" t="s">
+        <v>133</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>134</v>
+      </c>
+      <c r="P17" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
+        <v>139</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>69</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2019</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>140</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>141</v>
+      </c>
+      <c r="N18" t="s">
+        <v>72</v>
+      </c>
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" t="s">
+        <v>145</v>
+      </c>
+      <c r="D19" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L19" t="s">
         <v>25</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="M19" t="s">
+        <v>146</v>
+      </c>
+      <c r="N19" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...14 lines deleted...]
-      <c r="H3">
+      <c r="O19" t="s">
+        <v>147</v>
+      </c>
+      <c r="P19" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>149</v>
+      </c>
+      <c r="B20" t="s">
+        <v>150</v>
+      </c>
+      <c r="C20" t="s">
+        <v>145</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>33</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2020</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>25</v>
+      </c>
+      <c r="M20" t="s">
+        <v>146</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>151</v>
+      </c>
+      <c r="P20"/>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>152</v>
+      </c>
+      <c r="B21" t="s">
+        <v>31</v>
+      </c>
+      <c r="C21" t="s">
+        <v>153</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>33</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>34</v>
+      </c>
+      <c r="H21">
         <v>2016</v>
       </c>
-      <c r="I3" t="s">
-[...8 lines deleted...]
-      <c r="L3" t="s">
+      <c r="I21">
+        <v>2017</v>
+      </c>
+      <c r="J21" t="s">
+        <v>35</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>37</v>
+      </c>
+      <c r="M21" t="s">
+        <v>154</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>42</v>
+      </c>
+      <c r="C22" t="s">
+        <v>158</v>
+      </c>
+      <c r="D22" t="s">
+        <v>19</v>
+      </c>
+      <c r="E22" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...10 lines deleted...]
-      <c r="B4" t="s">
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>91</v>
+      </c>
+      <c r="K22" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...15 lines deleted...]
-      <c r="I4" t="s">
+      <c r="L22" t="s">
         <v>37</v>
       </c>
-      <c r="J4" t="s">
-[...145 lines deleted...]
-      <c r="B8" t="s">
+      <c r="M22" t="s">
+        <v>159</v>
+      </c>
+      <c r="N22" t="s">
         <v>27</v>
       </c>
-      <c r="C8" t="s">
-[...621 lines deleted...]
-        <v>124</v>
+      <c r="O22" t="s">
+        <v>160</v>
+      </c>
+      <c r="P22" t="s">
+        <v>161</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>