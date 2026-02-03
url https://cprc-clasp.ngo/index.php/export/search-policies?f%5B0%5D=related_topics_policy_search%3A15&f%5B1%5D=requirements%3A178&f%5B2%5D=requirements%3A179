--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -12,500 +12,620 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>Efficient Biomass Cookstoves Policy</t>
   </si>
   <si>
+    <t>This Nigerian Industrial Standard specifies design, construction, quality and safety requirements, sampling and labeling for clean solid biomass type cookstoves.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Biomass Stoves</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Biomass</t>
   </si>
   <si>
     <t>Water Boiling Tests (WBT) version 4.2.3:2014; The current edition shall apply</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/efficient-biomass-cookstoves-policy</t>
   </si>
   <si>
+    <t>https://fscluster.org/sites/default/files/documents/standard_for_clean_cookstoves_son.pdf</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>LI 2461 Renewable Energy (Standards and Labelling) (Inverters) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to an inverter intended for use in a stand-alone energy system or utility-interactive energy system where the output of the inverter is a stable alternating current of constant frequency; and a single-phase inverter or 3-phase inverter intended for use in a stand alone energy system or utility interactive energy system intended to be operated in parallel with an electric power system to supply power to common loads manufactured in the country or imported into the country for display, sale or use.</t>
+  </si>
+  <si>
     <t>Solar Inverters</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/li-2461-renewable-energy-standards-and-labelling-inverters-regulations-2022</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Schedule 17 - Solid state inverters</t>
   </si>
   <si>
+    <t>This schedule specifies the minimum DC to AC efficiency and labeling instructions for Solid State Inverters run from Storage Batteries of 12 Volts Direct Current source being manufactured, imported or sold in India. The output rating of the Solid State Inverters run from Storage Batteries, covered under this schedule shall be between 250 VA to 2000 VA for continuous output. Note: Inclusion of Solid State Inverters run from Storage Batteries of 24 Volts Direct Current source is under consideration.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IS 13314:1992</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-17-solid-state-inverters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Inverter%20Schedule.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4176 - Solar Inverters</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for single-phase inverters, pure or modified sine wave, with an input voltage of 12, 24 or 48 VDC and an output voltage from 110 VAC to 240 VAC, 60 HZ, with a power output from 100W to 5kW and for stand alone operation or for connection to a low voltage network.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>NOM-008-SCFI / NMX-J-655/2-ANCE / NMX-J-656/1-ANCE / NMX-J-676-ANCE-2013 / RES/142/2017 / ACUERDO / EN 50530 / IEC 61683 / UL 1741 / AS 4777.2 / CSA 22.2 No. 107.1-M91 / IEEE Std. 1547 / IEEE Std. 1547.1 / IEEE Std. 929 (PV) / EN 50438 / IEC 61727 / AS 4777.3 / IEC 61000-6-1 / IEC 61000-6-3 / CFR 47, FCC Part. 15</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sello-fide-no-4176-solar-inverters</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/ESP076.pdf</t>
+  </si>
+  <si>
     <t>US 761: 2019, household biomass stoves requirement( 2nd edition)</t>
   </si>
   <si>
+    <t>This Uganda standard specifies the classification,technical requirements, performance requirements, safety requirements and test methods of biomass cookstoves intended for use in households. This standard is applicable to cookstoves using solid biomass</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/us-761-2019-household-biomass-stoves-requirement-2nd-edition</t>
   </si>
   <si>
+    <t>https://unbs.go.ug/attachments/menus/27/Uganda-Standards-Catalogue-as-at-31-March-2019.pdf</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -769,1111 +889,1250 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="620.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="173.243" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2004</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D5" t="s">
+        <v>56</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" t="s">
+        <v>58</v>
+      </c>
+      <c r="L5" t="s">
+        <v>59</v>
+      </c>
+      <c r="M5" t="s">
+        <v>60</v>
+      </c>
+      <c r="N5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O5" t="s">
+        <v>61</v>
+      </c>
+      <c r="P5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>63</v>
+      </c>
+      <c r="B6" t="s">
+        <v>64</v>
+      </c>
+      <c r="C6" t="s">
+        <v>65</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>66</v>
+      </c>
+      <c r="K6" t="s">
+        <v>67</v>
+      </c>
+      <c r="L6" t="s">
+        <v>49</v>
+      </c>
+      <c r="M6" t="s">
+        <v>68</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>69</v>
+      </c>
+      <c r="P6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C7" t="s">
+        <v>73</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2020</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>74</v>
+      </c>
+      <c r="K7" t="s">
+        <v>67</v>
+      </c>
+      <c r="L7" t="s">
+        <v>49</v>
+      </c>
+      <c r="M7" t="s">
+        <v>75</v>
+      </c>
+      <c r="N7" t="s">
+        <v>76</v>
+      </c>
+      <c r="O7" t="s">
+        <v>77</v>
+      </c>
+      <c r="P7" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>79</v>
+      </c>
+      <c r="B8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C8"/>
+      <c r="D8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>82</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>47</v>
+      </c>
+      <c r="K8" t="s">
+        <v>67</v>
+      </c>
+      <c r="L8" t="s">
+        <v>49</v>
+      </c>
+      <c r="M8" t="s">
+        <v>83</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>84</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>81</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2022</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>86</v>
+      </c>
+      <c r="K9" t="s">
+        <v>67</v>
+      </c>
+      <c r="L9" t="s">
+        <v>49</v>
+      </c>
+      <c r="M9" t="s">
+        <v>87</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>88</v>
+      </c>
+      <c r="P9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>73</v>
+      </c>
+      <c r="D10" t="s">
+        <v>92</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>57</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2022</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>93</v>
+      </c>
+      <c r="K10" t="s">
+        <v>48</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>94</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>95</v>
+      </c>
+      <c r="P10" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>97</v>
+      </c>
+      <c r="B11" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
+      <c r="L11" t="s">
         <v>25</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="M11" t="s">
+        <v>100</v>
+      </c>
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...20 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
+        <v>72</v>
+      </c>
+      <c r="C12" t="s">
+        <v>104</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G12" t="s">
+        <v>105</v>
+      </c>
+      <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>106</v>
+      </c>
+      <c r="K12" t="s">
+        <v>67</v>
+      </c>
+      <c r="L12" t="s">
+        <v>49</v>
+      </c>
+      <c r="M12" t="s">
+        <v>107</v>
+      </c>
+      <c r="N12" t="s">
+        <v>76</v>
+      </c>
+      <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>112</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
         <v>34</v>
       </c>
-      <c r="M3" t="s">
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>36</v>
+      </c>
+      <c r="H13">
+        <v>2018</v>
+      </c>
+      <c r="I13">
+        <v>2022</v>
+      </c>
+      <c r="J13" t="s">
+        <v>47</v>
+      </c>
+      <c r="K13" t="s">
+        <v>67</v>
+      </c>
+      <c r="L13" t="s">
+        <v>49</v>
+      </c>
+      <c r="M13" t="s">
+        <v>113</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>114</v>
+      </c>
+      <c r="P13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>116</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>34</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>36</v>
+      </c>
+      <c r="H14">
+        <v>2018</v>
+      </c>
+      <c r="I14">
+        <v>2022</v>
+      </c>
+      <c r="J14" t="s">
+        <v>47</v>
+      </c>
+      <c r="K14" t="s">
+        <v>48</v>
+      </c>
+      <c r="L14" t="s">
+        <v>49</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>72</v>
+      </c>
+      <c r="C15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>34</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>105</v>
+      </c>
+      <c r="H15">
+        <v>2023</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>121</v>
+      </c>
+      <c r="K15" t="s">
+        <v>67</v>
+      </c>
+      <c r="L15" t="s">
+        <v>49</v>
+      </c>
+      <c r="M15" t="s">
+        <v>122</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>123</v>
+      </c>
+      <c r="P15" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>125</v>
+      </c>
+      <c r="B16" t="s">
+        <v>126</v>
+      </c>
+      <c r="C16" t="s">
+        <v>127</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>34</v>
+      </c>
+      <c r="F16" t="s">
         <v>35</v>
       </c>
-      <c r="N3" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>128</v>
+      </c>
+      <c r="K16" t="s">
+        <v>67</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>129</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>127</v>
+      </c>
+      <c r="D17" t="s">
+        <v>134</v>
+      </c>
+      <c r="E17" t="s">
+        <v>34</v>
+      </c>
+      <c r="F17" t="s">
+        <v>35</v>
+      </c>
+      <c r="G17" t="s">
         <v>36</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="H17"/>
+      <c r="I17">
+        <v>2010</v>
+      </c>
+      <c r="J17" t="s">
+        <v>128</v>
+      </c>
+      <c r="K17" t="s">
+        <v>67</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>129</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>135</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>136</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E18" t="s">
+        <v>34</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
         <v>37</v>
       </c>
-      <c r="B4" t="s">
-[...11 lines deleted...]
-      <c r="F4" t="s">
+      <c r="K18" t="s">
+        <v>67</v>
+      </c>
+      <c r="L18" t="s">
+        <v>49</v>
+      </c>
+      <c r="M18" t="s">
+        <v>139</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>140</v>
+      </c>
+      <c r="P18"/>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
+        <v>81</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>82</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>47</v>
+      </c>
+      <c r="K19" t="s">
+        <v>67</v>
+      </c>
+      <c r="L19" t="s">
+        <v>49</v>
+      </c>
+      <c r="M19" t="s">
+        <v>50</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19"/>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>144</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>146</v>
+      </c>
+      <c r="D20" t="s">
+        <v>92</v>
+      </c>
+      <c r="E20" t="s">
+        <v>34</v>
+      </c>
+      <c r="F20" t="s">
+        <v>147</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2013</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>148</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>149</v>
+      </c>
+      <c r="M20" t="s">
+        <v>150</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>151</v>
+      </c>
+      <c r="P20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" t="s">
+        <v>154</v>
+      </c>
+      <c r="C21" t="s">
+        <v>146</v>
+      </c>
+      <c r="D21" t="s">
+        <v>134</v>
+      </c>
+      <c r="E21" t="s">
+        <v>34</v>
+      </c>
+      <c r="F21" t="s">
+        <v>147</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2019</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>148</v>
+      </c>
+      <c r="K21" t="s">
+        <v>67</v>
+      </c>
+      <c r="L21" t="s">
+        <v>155</v>
+      </c>
+      <c r="M21" t="s">
+        <v>150</v>
+      </c>
+      <c r="N21" t="s">
+        <v>76</v>
+      </c>
+      <c r="O21" t="s">
+        <v>156</v>
+      </c>
+      <c r="P21" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>158</v>
+      </c>
+      <c r="B22" t="s">
+        <v>159</v>
+      </c>
+      <c r="C22" t="s">
+        <v>160</v>
+      </c>
+      <c r="D22" t="s">
+        <v>92</v>
+      </c>
+      <c r="E22" t="s">
+        <v>34</v>
+      </c>
+      <c r="F22" t="s">
+        <v>35</v>
+      </c>
+      <c r="G22" t="s">
+        <v>36</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22">
+        <v>2022</v>
+      </c>
+      <c r="J22" t="s">
+        <v>128</v>
+      </c>
+      <c r="K22" t="s">
+        <v>48</v>
+      </c>
+      <c r="L22" t="s">
+        <v>161</v>
+      </c>
+      <c r="M22" t="s">
+        <v>162</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>163</v>
+      </c>
+      <c r="P22" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>165</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>167</v>
+      </c>
+      <c r="D23" t="s">
+        <v>56</v>
+      </c>
+      <c r="E23" t="s">
+        <v>34</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2019</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>66</v>
+      </c>
+      <c r="K23" t="s">
+        <v>58</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>168</v>
+      </c>
+      <c r="N23" t="s">
+        <v>40</v>
+      </c>
+      <c r="O23" t="s">
+        <v>169</v>
+      </c>
+      <c r="P23" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>171</v>
+      </c>
+      <c r="B24" t="s">
+        <v>172</v>
+      </c>
+      <c r="C24" t="s">
+        <v>173</v>
+      </c>
+      <c r="D24" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
-[...48 lines deleted...]
-      <c r="J5" t="s">
+      <c r="E24" t="s">
+        <v>34</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2021</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>37</v>
+      </c>
+      <c r="K24" t="s">
+        <v>67</v>
+      </c>
+      <c r="L24" t="s">
         <v>49</v>
       </c>
-      <c r="K5" t="s">
-[...138 lines deleted...]
-      <c r="B9" t="s">
+      <c r="M24" t="s">
+        <v>174</v>
+      </c>
+      <c r="N24" t="s">
         <v>27</v>
       </c>
-      <c r="C9" t="s">
-[...658 lines deleted...]
-      </c>
+      <c r="O24" t="s">
+        <v>175</v>
+      </c>
+      <c r="P24"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>