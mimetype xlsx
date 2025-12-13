--- v0 (2025-10-15)
+++ v1 (2025-12-13)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,120 +86,121 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
     <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:15</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)  ( http://www.kemco.or.kr/ )</t>
   </si>
   <si>
     <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -471,70 +472,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="97" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.7" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="372.623" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="97.833" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -614,82 +615,83 @@
       </c>
       <c r="M2" t="s">
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>