--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,120 +89,121 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>By K 61195, K 61199 Fluorescent lamps which are the tubular type of rated power consumption of 20W and 32W, the compact type of rated power consumption of FPL 36W, and the commercial used type, which is more than 7100K of color temperature, and can be used in the conventional lamp Energy Efficiency lm per W shall be measured by the test method in KS C 7601,which is obtained from lumen divided by power consumption. But, FPL 32Wand FPL 45W shall be measured by the test method in Safety Certification.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:15</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)  ( http://www.kemco.or.kr/ )</t>
   </si>
   <si>
     <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="64" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="594.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="64.841" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>