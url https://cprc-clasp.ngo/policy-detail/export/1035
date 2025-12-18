--- v0 (2025-10-15)
+++ v1 (2025-12-18)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,123 +89,124 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
     <t>Two results shall be compared. But, FPL 32W and FPL 45W shall be measured by the test method in Safety Certification.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:15</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)  ( http://www.kemco.or.kr/ )</t>
   </si>
   <si>
     <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
   </si>
   <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-fluorescent-lamps-ballast</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="74" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="375.051" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="74.268" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -624,82 +625,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>