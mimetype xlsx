--- v0 (2025-10-13)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -95,117 +95,118 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
     <t>ГОСТ 7402-84 Электровентиляторы бытовые. Общие технические условия</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/12848/</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Wed, 06/09/2021 - 21:40</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Russian Energy Agency  ( http://rosenergo.gov.ru/ )</t>
   </si>
   <si>
     <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="81" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="111" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="763.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="111.973" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -620,82 +621,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>