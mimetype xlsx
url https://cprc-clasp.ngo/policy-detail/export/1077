--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,123 +89,124 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
     <t>ГОСТ Р 55008-2012 Энергетическая эффективность. Машины стиральные бытовые и аналогичные. Показатели энергетической эффективности и методы определения</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/54513/</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
-    <t>Wed, 06/09/2021 - 21:39</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology  ( http://www.gost.ru/wps/portal/pages.en.Main )</t>
   </si>
   <si>
     <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
   </si>
   <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="161" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="134" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="161.532" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="176.814" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="120.256" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="619.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="134.396" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>