--- v0 (2025-11-04)
+++ v1 (2025-12-24)
@@ -95,51 +95,51 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
     <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
   </si>
   <si>
     <t>This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energy sources.</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Thu, 06/03/2021 - 20:15</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)  ( http://son.gov.ng/ )</t>
   </si>
   <si>
     <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
@@ -487,51 +487,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="117.828" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="239.37" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="686.547" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="141.394" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>