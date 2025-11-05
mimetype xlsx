--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -95,114 +95,115 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
     <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
   </si>
   <si>
     <t>It shall apply to air conditioners designed to operate in AC single-phase circuits of 220V or 230V, or designed for dual voltage or voltage range including these values, and three-phase circuits of 380V or 400V with a frequency of 60Hz. Air conditioners having special voltages, not under the scope of this standard, shall be subjec to SASO approval, in condition that they do not exceed 600V. For water-cooled chillers voltages up to 1500V are included. This standard does not apply to air conditioners that are covered under the scope of the lastest version of SASO 2663 standard.</t>
   </si>
   <si>
     <t>Middle East</t>
   </si>
   <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Thu, 06/03/2021 - 20:15</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization  ( http://www.saso.gov.sa/en/Pages/default.aspx )</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="55" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="87" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="687.689" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="352.628" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="87.122" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -617,82 +618,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>