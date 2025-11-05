--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,66 +77,66 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
-    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=compone…</t>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
-    <t>Tue, 01/04/2022 - 15:43</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority  ( http://www.energy.gov.lk/en/ )</t>
   </si>
   <si>
     <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
 Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
   </si>
   <si>
     <t>SLS 1530: 2016</t>
@@ -144,66 +144,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -475,70 +476,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="135" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="513.018" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="141.394" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -620,82 +621,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>