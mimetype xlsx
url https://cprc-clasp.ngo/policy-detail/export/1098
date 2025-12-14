--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,135 +77,136 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
-    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGrou…</t>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
   </si>
   <si>
     <t>Copier: A commercially-available imaging product whose sole function is the production of hard copy duplicates from graphic hard copy originals. The unit must be capable of being powered from a wall outlet or from a data or network connection. This definition is intended to cover products that are marketed as copiers or upgradeable digital copiers, UDCs. Digital duplicator: A commercially-available imaging product that is sold in the market as a fully-automated duplicator system through the method of stencil duplicating with digital reproduction functionality. The unit must be capable of being powered from a wall outlet or from a data or network connection. This definition is intended to cover products that are marketed as digital duplicators. Facsimile machine, Fax machine; A commercially-available imaging product whose primary functions are scanning hard copy originals for electronic transmission to remote units and receiving similar electronic transmissions to produce hard copy output. Electronic transmission is primarily over a public telephone system, but also may be via computer network or the Internet. The product also may be capable of producing hard copy duplicates. The unit must be capable of being powered from a wall outlet or from a data or network connection. This definition is intended to cover products that are marketed as fax machines. Multifunction device, MFD; A commercially-available imaging product, which is a physically-integrated device or a combination of functionally-integrated components, that performs two or more of the core functions of copying, printing, scanning, or faxing. The copy functionality as addressed in this definition is considered to be distinct from single sheet convenience copying offered by fax machines. The unit must be capable of being powered from a wall outlet or from a data or network connection. This definition is intended to cover products that are marketed as MFDs or multifunction products, MFPs. Note: If the MFD is not a single integrated unit but a set of functionally integrated components, then the manufacturer must certify that when installed correctly in the field, the sum of all energy or power use for all MFD components comprising the base unit will achieve the energy or power levels provided in Section 3 to qualify as an Energy Star MFD. Printer: A commercially-available imaging product that serves as a hard copy output device, and is capable of receiving information from single-user or networked computers, or other input devices, e.g., digital cameras. The unit must be capable of being powered from a wall outlet or from a data or network connection. This definition is intended to cover products that are marketed as printers, including printers that can be upgraded into MFDs in the field. Scanner: A commercially-available imaging product that functions as an electro-optical device for converting information into electronic images that can be stored, edited, converted, or transmitted, primarily in a personal computing environment. The unit must be capable of being powered from a wall outlet or from a data or network connection. This definition is intended to cover products that are marketed as scanners. Extra equipment: The above products also include various consumer durables, such as Optical Photosensitive Conductor, OPC, kits; drums; toner powder and residual toner cartridges. If extra equipment shall use the Nordic Ecolabel they must be listed in a valid licence and the extra equipment must belong to the ecolabelled imaging equipment. If extra equipment such as desks, sorters, feeder and units for double-sided printing are to be included, the individual parts must meet the requirements as to design, materials, chemical requirements during production, requirements as to packaging and requirements as to recycling.</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:15</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Ecolabelling Sweden  ( https://www.svanen.se/en/about-us/organisation/ )</t>
   </si>
   <si>
     <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="44" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="82" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="4534.75" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="334.918" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="82.408" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -624,82 +625,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>