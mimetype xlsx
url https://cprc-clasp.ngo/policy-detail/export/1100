--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,135 +77,136 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
-    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-07…</t>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
   </si>
   <si>
     <t>All equipment with CRT-displays are excluded. If the development towards new technology proceeds in such a way that products not listed above can be considered for ecolabelling, the product definition may be changed. In order to do this, a formal request has to be sent to any of the official bodies listed in the beginning of the document. The manufacturer or importer shall provide documentation that states that their product is considered to be environmentally more sound than similar products in their field of technology. If Nordic Ecolabelling considers it relevant, the criteria document can be extended with specific requirements for new appliances.</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Wed, 11/02/2022 - 17:25</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Ecolabelling Sweden  ( https://www.svanen.se/en/about-us/organisation/ )</t>
   </si>
   <si>
     <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="43" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="81" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="96.691" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="777.382" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="85.979" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="166.245" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="81.266" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -622,82 +623,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>