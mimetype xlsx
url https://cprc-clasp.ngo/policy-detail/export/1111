--- v0 (2025-10-13)
+++ v1 (2025-12-22)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Greenmark N101 - Electric Storage Tank Water Heaters</t>
   </si>
   <si>
-    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/101/28941bbd-ace3-…</t>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/101/28941bbd-ace3-4a3b-acb0-b017cdd091cd.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:18</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Greenmark Labelling Program  ( http://greenliving.epa.gov.tw/ )</t>
   </si>
   <si>
     <t>This standard is applicable to the electric storage tank water heaters which meet the definition of CNS 11010. The thermal insulation material for the products water storage tank shall be non-combustible material. For the products surface coating material; its content of cadmium; lead; hexavalent chromium; and mercury shall be below the regulatory limits.</t>
   </si>
   <si>
     <t>CNS 3263</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n101-electric-storage-tank-water-heaters</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="97" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="124.97" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="422.183" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="97.833" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>