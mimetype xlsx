--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Greenmark N23 - Clothes Washers</t>
   </si>
   <si>
-    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4…</t>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/23/98ef8d44-0194-4dcb-874d-618683e90536.pdf</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:18</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs  ( http://www.moeaboe.gov.tw/ECW/english/home/English.aspx )</t>
   </si>
   <si>
     <t>Clothes Washers which meet the definition of CNS 14979. It does not include products which only have the water removal or cloth drying functions. This standard is applicable to the following types of products: Top-load or upright type: Products as defined in Sections 3.1.2, 3.1.4 or 3.1.5 of CNS 14979, including those involving jet stream; stirring; scrolling or whirlpool movements for cleaning purpose. Front-load or drum type: Products as defined in Section 3.1.3 of CNS 14979.</t>
   </si>
   <si>
     <t>CNS 14979</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n23-clothes-washers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="72" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="569.718" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="72.982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>