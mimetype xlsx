--- v0 (2025-10-13)
+++ v1 (2025-11-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
   </si>
   <si>
-    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4…</t>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
   </si>
   <si>
     <t>i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device. ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode. iii. The product users shall be offered product safety liability insurance coverage. iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:18</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Greenmark Labelling Program  ( http://greenliving.epa.gov.tw/ )</t>
   </si>
   <si>
     <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="72" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="108" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="661.696" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="842.223" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="108.402" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2"/>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>