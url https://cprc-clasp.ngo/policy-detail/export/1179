--- v0 (2025-10-15)
+++ v1 (2025-11-27)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
     <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:18</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Greenmark Labelling Program  ( http://greenliving.epa.gov.tw/ )</t>
   </si>
   <si>
     <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
   </si>
   <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="135" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="135.538" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="567.29" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="142.679" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>