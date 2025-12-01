--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -86,123 +86,124 @@
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
     <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:18</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Greenmark Labelling Program  ( http://greenliving.epa.gov.tw/ )</t>
   </si>
   <si>
     <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
   </si>
   <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/racs-window-meps</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="19" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="57" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="461.173" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="57.7" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>