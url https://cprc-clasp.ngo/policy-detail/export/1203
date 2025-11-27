--- v0 (2025-10-13)
+++ v1 (2025-11-27)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -89,123 +89,124 @@
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
   </si>
   <si>
     <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
   </si>
   <si>
     <t>For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan. In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:18</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Greenmark Labelling Program  ( http://greenliving.epa.gov.tw/ )</t>
   </si>
   <si>
     <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
   </si>
   <si>
     <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n54-natural-convection-solar-water-heater</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -477,70 +478,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="63" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="98" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="91.978" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="494.165" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="890.64" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="98.976" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -624,82 +625,83 @@
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
       <c r="T2" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>