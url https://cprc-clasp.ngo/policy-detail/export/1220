--- v0 (2025-10-15)
+++ v1 (2025-11-05)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>title</t>
   </si>
   <si>
-    <t>field_unofficial_name</t>
+    <t>Policy Name</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Policy Description</t>
   </si>
   <si>
     <t>Adopted Date</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Changed</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
@@ -77,132 +77,133 @@
   <si>
     <t>Products Covered</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Requirements</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Scope</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
-    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;c…</t>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
   </si>
   <si>
     <t>Asia and Pacific</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
-    <t>Thu, 06/03/2021 - 20:18</t>
+    <t>Tue, 11/04/2025 - 21:09</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs  ( http://www.moeaboe.gov.tw/ECW/english/home/English.aspx )</t>
   </si>
   <si>
     <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
   </si>
   <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -474,70 +475,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="153" bestFit="true" customWidth="true" style="0"/>
-[...18 lines deleted...]
-    <col min="20" max="20" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="147.393" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="127.255" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="349.058" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -619,82 +620,83 @@
         <v>28</v>
       </c>
       <c r="N2" t="s">
         <v>29</v>
       </c>
       <c r="O2" t="s">
         <v>30</v>
       </c>
       <c r="P2" t="s">
         <v>31</v>
       </c>
       <c r="Q2" t="s">
         <v>32</v>
       </c>
       <c r="R2" t="s">
         <v>33</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>